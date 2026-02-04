--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -182,69 +182,69 @@
   <si>
     <t>12.10.2026</t>
   </si>
   <si>
     <t>15.10.2026</t>
   </si>
   <si>
     <t>19.10.2026</t>
   </si>
   <si>
     <t>22.10.2026</t>
   </si>
   <si>
     <t>26.10.2026</t>
   </si>
   <si>
     <t>Размещение по программе тура "Алтай пантовый"</t>
   </si>
   <si>
     <t>Стандарт двухместный</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>77000 RUB</t>
+    <t>95000 RUB</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
-    <t>57750 RUB</t>
+    <t>76000 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
-    <t>111000 RUB</t>
+    <t>134000 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 07.12.2025 13:11, и может быть изменена в любое время без оповещения. Не является публичной офертой. Актуальная информация всегда представлена на странице: https://travelkarelia.ru/tury-po-rossii/altaj/2322-altaj-pantovyj</t>
+    <t>Информация актуальная на дату получения прайс-листа 04.02.2026 06:57, и может быть изменена в любое время без оповещения. Не является публичной офертой. Актуальная информация всегда представлена на странице: https://travelkarelia.ru/tury-po-rossii/altaj/2322-altaj-pantovyj</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>