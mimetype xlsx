--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -200,51 +200,51 @@
   <si>
     <t>Стандарт двухместный</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
     <t>95000 RUB</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
     <t>76000 RUB</t>
   </si>
   <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
     <t>134000 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 04.02.2026 06:57, и может быть изменена в любое время без оповещения. Не является публичной офертой. Актуальная информация всегда представлена на странице: https://travelkarelia.ru/tury-po-rossii/altaj/2322-altaj-pantovyj</t>
+    <t>Информация актуальная на дату получения прайс-листа 22.03.2026 02:36, и может быть изменена в любое время без оповещения. Не является публичной офертой. Актуальная информация всегда представлена на странице: https://travelkarelia.ru/tury-po-rossii/altaj/2322-altaj-pantovyj</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>