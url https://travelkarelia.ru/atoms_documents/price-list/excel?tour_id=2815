--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -12,186 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="2815-znakomstvo-s-nizhnim" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="337">
-[...134 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="292">
   <si>
     <t>30.03.2026</t>
   </si>
   <si>
     <t>31.03.2026</t>
   </si>
   <si>
     <t>01.04.2026</t>
   </si>
   <si>
     <t>02.04.2026</t>
   </si>
   <si>
     <t>03.04.2026</t>
   </si>
   <si>
     <t>04.04.2026</t>
   </si>
   <si>
     <t>05.04.2026</t>
   </si>
   <si>
     <t>06.04.2026</t>
   </si>
   <si>
@@ -1019,54 +884,54 @@
   <si>
     <t>Трехместный номер для трех человек</t>
   </si>
   <si>
     <t>11550 RUB</t>
   </si>
   <si>
     <t>«CORT INN 4*»</t>
   </si>
   <si>
     <t>20950 RUB</t>
   </si>
   <si>
     <t>Двухместный номер для одного человека</t>
   </si>
   <si>
     <t>16450 RUB</t>
   </si>
   <si>
     <t>Трехместный номер для одного человека</t>
   </si>
   <si>
     <t>15150 RUB</t>
   </si>
   <si>
-    <t>Примечение</t>
-[...2 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 13.02.2026 09:55, и может быть изменена в любое время без оповещения. Не является публичной офертой. Актуальная информация всегда представлена на странице: https://travelkarelia.ru/tury-po-rossii/2815-znakomstvo-s-nizhnim</t>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 31.03.2026 02:24, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1408,54 +1273,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:LJ19"/>
+  <dimension ref="A1:JQ19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A18" sqref="A18:LJ18"/>
+      <selection activeCell="A18" sqref="A18:JQ18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="44.703369" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
@@ -1693,98 +1558,53 @@
     <col min="253" max="253" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="254" max="254" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="255" max="255" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="256" max="256" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="257" max="257" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="258" max="258" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="259" max="259" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="260" max="260" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="261" max="261" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="262" max="262" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="263" max="263" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="264" max="264" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="265" max="265" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="266" max="266" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="267" max="267" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="268" max="268" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="269" max="269" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="270" max="270" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="271" max="271" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="272" max="272" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="273" max="273" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="274" max="274" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="275" max="275" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="276" max="276" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="277" max="277" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="278" max="278" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...43 lines deleted...]
-    <col min="322" max="322" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:322">
+    <row r="1" spans="1:277">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
@@ -2570,189 +2390,54 @@
       </c>
       <c r="JJ1" s="1" t="s">
         <v>268</v>
       </c>
       <c r="JK1" s="1" t="s">
         <v>269</v>
       </c>
       <c r="JL1" s="1" t="s">
         <v>270</v>
       </c>
       <c r="JM1" s="1" t="s">
         <v>271</v>
       </c>
       <c r="JN1" s="1" t="s">
         <v>272</v>
       </c>
       <c r="JO1" s="1" t="s">
         <v>273</v>
       </c>
       <c r="JP1" s="1" t="s">
         <v>274</v>
       </c>
       <c r="JQ1" s="1" t="s">
         <v>275</v>
       </c>
-      <c r="JR1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:277">
+      <c r="A2" s="2" t="s">
         <v>276</v>
-      </c>
-[...135 lines deleted...]
-        <v>321</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
@@ -2986,99 +2671,54 @@
       <c r="IS2" s="2"/>
       <c r="IT2" s="2"/>
       <c r="IU2" s="2"/>
       <c r="IV2" s="2"/>
       <c r="IW2" s="2"/>
       <c r="IX2" s="2"/>
       <c r="IY2" s="2"/>
       <c r="IZ2" s="2"/>
       <c r="JA2" s="2"/>
       <c r="JB2" s="2"/>
       <c r="JC2" s="2"/>
       <c r="JD2" s="2"/>
       <c r="JE2" s="2"/>
       <c r="JF2" s="2"/>
       <c r="JG2" s="2"/>
       <c r="JH2" s="2"/>
       <c r="JI2" s="2"/>
       <c r="JJ2" s="2"/>
       <c r="JK2" s="2"/>
       <c r="JL2" s="2"/>
       <c r="JM2" s="2"/>
       <c r="JN2" s="2"/>
       <c r="JO2" s="2"/>
       <c r="JP2" s="2"/>
       <c r="JQ2" s="2"/>
-      <c r="JR2" s="2"/>
-[...43 lines deleted...]
-      <c r="LJ2" s="2"/>
     </row>
-    <row r="3" spans="1:322">
+    <row r="3" spans="1:277">
       <c r="A3" s="3" t="s">
-        <v>322</v>
+        <v>277</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
@@ -3312,1067 +2952,887 @@
       <c r="IS3" s="3"/>
       <c r="IT3" s="3"/>
       <c r="IU3" s="3"/>
       <c r="IV3" s="3"/>
       <c r="IW3" s="3"/>
       <c r="IX3" s="3"/>
       <c r="IY3" s="3"/>
       <c r="IZ3" s="3"/>
       <c r="JA3" s="3"/>
       <c r="JB3" s="3"/>
       <c r="JC3" s="3"/>
       <c r="JD3" s="3"/>
       <c r="JE3" s="3"/>
       <c r="JF3" s="3"/>
       <c r="JG3" s="3"/>
       <c r="JH3" s="3"/>
       <c r="JI3" s="3"/>
       <c r="JJ3" s="3"/>
       <c r="JK3" s="3"/>
       <c r="JL3" s="3"/>
       <c r="JM3" s="3"/>
       <c r="JN3" s="3"/>
       <c r="JO3" s="3"/>
       <c r="JP3" s="3"/>
       <c r="JQ3" s="3"/>
-      <c r="JR3" s="3"/>
-[...43 lines deleted...]
-      <c r="LJ3" s="3"/>
     </row>
-    <row r="4" spans="1:322">
+    <row r="4" spans="1:277">
       <c r="A4" t="s">
-        <v>323</v>
+        <v>278</v>
       </c>
       <c r="B4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="C4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="D4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="E4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="F4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="G4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="H4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="I4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="J4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="K4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="L4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="M4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="N4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="O4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="P4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="Q4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="R4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="S4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="T4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="U4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="V4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="W4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="X4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="Y4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="Z4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="AA4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="AB4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="AC4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="AD4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="AE4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="AF4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="AG4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="AH4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="AI4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="AJ4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="AK4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="AL4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="AM4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="AN4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="AO4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="AP4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="AQ4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="AR4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="AS4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="AT4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="AU4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="AV4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="AW4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="AX4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="AY4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="AZ4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="BA4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="BB4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="BC4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="BD4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="BE4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="BF4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="BG4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="BH4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="BI4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="BJ4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="BK4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="BL4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="BM4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="BN4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="BO4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="BP4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="BQ4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="BR4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="BS4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="BT4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="BU4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="BV4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="BW4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="BX4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="BY4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="BZ4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="CA4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="CB4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="CC4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="CD4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="CE4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="CF4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="CG4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="CH4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="CI4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="CJ4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="CK4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="CL4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="CM4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="CN4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="CO4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="CP4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="CQ4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="CR4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="CS4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="CT4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="CU4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="CV4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="CW4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="CX4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="CY4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="CZ4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="DA4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="DB4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="DC4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="DD4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="DE4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="DF4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="DG4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="DH4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="DI4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="DJ4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="DK4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="DL4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="DM4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="DN4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="DO4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="DP4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="DQ4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="DR4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="DS4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="DT4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="DU4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="DV4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="DW4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="DX4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="DY4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="DZ4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="EA4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="EB4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="EC4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="ED4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="EE4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="EF4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="EG4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="EH4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="EI4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="EJ4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="EK4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="EL4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="EM4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="EN4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="EO4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="EP4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="EQ4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="ER4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="ES4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="ET4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="EU4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="EV4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="EW4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="EX4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="EY4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="EZ4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="FA4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="FB4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="FC4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="FD4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="FE4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="FF4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="FG4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="FH4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="FI4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="FJ4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="FK4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="FL4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="FM4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="FN4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="FO4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="FP4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="FQ4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="FR4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="FS4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="FT4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="FU4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="FV4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="FW4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="FX4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="FY4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="FZ4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="GA4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="GB4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="GC4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="GD4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="GE4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="GF4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="GG4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="GH4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="GI4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="GJ4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="GK4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="GL4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="GM4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="GN4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="GO4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="GP4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="GQ4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="GR4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="GS4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="GT4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="GU4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="GV4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="GW4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="GX4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="GY4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="GZ4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="HA4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="HB4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="HC4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="HD4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="HE4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="HF4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="HG4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="HH4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="HI4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="HJ4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="HK4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="HL4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="HM4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="HN4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="HO4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="HP4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="HQ4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="HR4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="HS4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="HT4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="HU4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="HV4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="HW4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="HX4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="HY4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="HZ4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="IA4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="IB4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="IC4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="ID4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="IE4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="IF4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="IG4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="IH4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="II4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="IJ4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="IK4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="IL4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="IM4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="IN4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="IO4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="IP4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="IQ4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="IR4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="IS4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="IT4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="IU4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="IV4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="IW4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="IX4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="IY4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="IZ4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="JA4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="JB4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="JC4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="JD4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="JE4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="JF4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="JG4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="JH4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="JI4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="JJ4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="JK4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="JL4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="JM4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="JN4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="JO4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="JP4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="JQ4" t="s">
-        <v>324</v>
-[...134 lines deleted...]
-        <v>324</v>
+        <v>279</v>
       </c>
     </row>
-    <row r="5" spans="1:322">
+    <row r="5" spans="1:277">
       <c r="A5" s="3" t="s">
-        <v>325</v>
+        <v>280</v>
       </c>
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
       <c r="N5" s="3"/>
       <c r="O5" s="3"/>
       <c r="P5" s="3"/>
       <c r="Q5" s="3"/>
       <c r="R5" s="3"/>
       <c r="S5" s="3"/>
       <c r="T5" s="3"/>
       <c r="U5" s="3"/>
       <c r="V5" s="3"/>
       <c r="W5" s="3"/>
       <c r="X5" s="3"/>
       <c r="Y5" s="3"/>
@@ -4606,1067 +4066,887 @@
       <c r="IS5" s="3"/>
       <c r="IT5" s="3"/>
       <c r="IU5" s="3"/>
       <c r="IV5" s="3"/>
       <c r="IW5" s="3"/>
       <c r="IX5" s="3"/>
       <c r="IY5" s="3"/>
       <c r="IZ5" s="3"/>
       <c r="JA5" s="3"/>
       <c r="JB5" s="3"/>
       <c r="JC5" s="3"/>
       <c r="JD5" s="3"/>
       <c r="JE5" s="3"/>
       <c r="JF5" s="3"/>
       <c r="JG5" s="3"/>
       <c r="JH5" s="3"/>
       <c r="JI5" s="3"/>
       <c r="JJ5" s="3"/>
       <c r="JK5" s="3"/>
       <c r="JL5" s="3"/>
       <c r="JM5" s="3"/>
       <c r="JN5" s="3"/>
       <c r="JO5" s="3"/>
       <c r="JP5" s="3"/>
       <c r="JQ5" s="3"/>
-      <c r="JR5" s="3"/>
-[...43 lines deleted...]
-      <c r="LJ5" s="3"/>
     </row>
-    <row r="6" spans="1:322">
+    <row r="6" spans="1:277">
       <c r="A6" t="s">
-        <v>323</v>
+        <v>278</v>
       </c>
       <c r="B6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="C6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="D6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="E6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="F6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="G6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="H6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="I6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="J6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="K6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="L6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="M6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="N6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="O6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="P6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="Q6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="R6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="S6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="T6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="U6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="V6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="W6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="X6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="Y6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="Z6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="AA6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="AB6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="AC6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="AD6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="AE6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="AF6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="AG6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="AH6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="AI6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="AJ6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="AK6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="AL6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="AM6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="AN6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="AO6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="AP6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="AQ6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="AR6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="AS6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="AT6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="AU6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="AV6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="AW6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="AX6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="AY6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="AZ6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="BA6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="BB6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="BC6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="BD6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="BE6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="BF6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="BG6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="BH6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="BI6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="BJ6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="BK6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="BL6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="BM6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="BN6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="BO6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="BP6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="BQ6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="BR6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="BS6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="BT6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="BU6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="BV6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="BW6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="BX6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="BY6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="BZ6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="CA6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="CB6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="CC6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="CD6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="CE6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="CF6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="CG6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="CH6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="CI6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="CJ6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="CK6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="CL6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="CM6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="CN6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="CO6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="CP6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="CQ6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="CR6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="CS6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="CT6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="CU6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="CV6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="CW6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="CX6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="CY6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="CZ6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="DA6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="DB6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="DC6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="DD6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="DE6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="DF6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="DG6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="DH6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="DI6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="DJ6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="DK6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="DL6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="DM6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="DN6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="DO6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="DP6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="DQ6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="DR6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="DS6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="DT6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="DU6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="DV6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="DW6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="DX6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="DY6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="DZ6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="EA6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="EB6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="EC6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="ED6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="EE6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="EF6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="EG6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="EH6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="EI6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="EJ6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="EK6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="EL6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="EM6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="EN6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="EO6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="EP6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="EQ6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="ER6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="ES6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="ET6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="EU6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="EV6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="EW6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="EX6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="EY6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="EZ6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="FA6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="FB6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="FC6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="FD6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="FE6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="FF6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="FG6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="FH6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="FI6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="FJ6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="FK6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="FL6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="FM6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="FN6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="FO6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="FP6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="FQ6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="FR6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="FS6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="FT6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="FU6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="FV6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="FW6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="FX6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="FY6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="FZ6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="GA6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="GB6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="GC6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="GD6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="GE6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="GF6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="GG6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="GH6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="GI6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="GJ6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="GK6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="GL6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="GM6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="GN6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="GO6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="GP6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="GQ6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="GR6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="GS6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="GT6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="GU6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="GV6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="GW6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="GX6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="GY6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="GZ6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="HA6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="HB6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="HC6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="HD6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="HE6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="HF6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="HG6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="HH6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="HI6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="HJ6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="HK6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="HL6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="HM6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="HN6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="HO6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="HP6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="HQ6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="HR6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="HS6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="HT6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="HU6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="HV6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="HW6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="HX6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="HY6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="HZ6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="IA6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="IB6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="IC6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="ID6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="IE6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="IF6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="IG6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="IH6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="II6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="IJ6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="IK6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="IL6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="IM6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="IN6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="IO6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="IP6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="IQ6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="IR6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="IS6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="IT6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="IU6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="IV6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="IW6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="IX6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="IY6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="IZ6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="JA6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="JB6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="JC6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="JD6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="JE6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="JF6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="JG6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="JH6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="JI6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="JJ6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="JK6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="JL6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="JM6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="JN6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="JO6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="JP6" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="JQ6" t="s">
-        <v>326</v>
-[...134 lines deleted...]
-        <v>326</v>
+        <v>281</v>
       </c>
     </row>
-    <row r="7" spans="1:322">
+    <row r="7" spans="1:277">
       <c r="A7" s="3" t="s">
-        <v>327</v>
+        <v>282</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3"/>
       <c r="S7" s="3"/>
       <c r="T7" s="3"/>
       <c r="U7" s="3"/>
       <c r="V7" s="3"/>
       <c r="W7" s="3"/>
       <c r="X7" s="3"/>
       <c r="Y7" s="3"/>
@@ -5900,1065 +5180,885 @@
       <c r="IS7" s="3"/>
       <c r="IT7" s="3"/>
       <c r="IU7" s="3"/>
       <c r="IV7" s="3"/>
       <c r="IW7" s="3"/>
       <c r="IX7" s="3"/>
       <c r="IY7" s="3"/>
       <c r="IZ7" s="3"/>
       <c r="JA7" s="3"/>
       <c r="JB7" s="3"/>
       <c r="JC7" s="3"/>
       <c r="JD7" s="3"/>
       <c r="JE7" s="3"/>
       <c r="JF7" s="3"/>
       <c r="JG7" s="3"/>
       <c r="JH7" s="3"/>
       <c r="JI7" s="3"/>
       <c r="JJ7" s="3"/>
       <c r="JK7" s="3"/>
       <c r="JL7" s="3"/>
       <c r="JM7" s="3"/>
       <c r="JN7" s="3"/>
       <c r="JO7" s="3"/>
       <c r="JP7" s="3"/>
       <c r="JQ7" s="3"/>
-      <c r="JR7" s="3"/>
-[...43 lines deleted...]
-      <c r="LJ7" s="3"/>
     </row>
-    <row r="8" spans="1:322">
+    <row r="8" spans="1:277">
       <c r="A8" t="s">
-        <v>323</v>
+        <v>278</v>
       </c>
       <c r="B8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="C8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="D8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="E8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="F8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="G8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="H8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="I8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="J8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="K8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="L8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="M8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="N8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="O8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="P8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="Q8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="R8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="S8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="T8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="U8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="V8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="W8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="X8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="Y8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="Z8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="AA8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="AB8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="AC8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="AD8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="AE8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="AF8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="AG8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="AH8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="AI8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="AJ8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="AK8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="AL8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="AM8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="AN8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="AO8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="AP8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="AQ8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="AR8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="AS8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="AT8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="AU8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="AV8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="AW8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="AX8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="AY8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="AZ8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="BA8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="BB8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="BC8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="BD8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="BE8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="BF8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="BG8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="BH8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="BI8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="BJ8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="BK8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="BL8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="BM8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="BN8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="BO8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="BP8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="BQ8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="BR8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="BS8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="BT8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="BU8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="BV8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="BW8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="BX8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="BY8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="BZ8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="CA8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="CB8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="CC8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="CD8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="CE8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="CF8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="CG8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="CH8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="CI8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="CJ8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="CK8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="CL8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="CM8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="CN8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="CO8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="CP8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="CQ8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="CR8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="CS8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="CT8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="CU8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="CV8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="CW8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="CX8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="CY8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="CZ8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="DA8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="DB8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="DC8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="DD8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="DE8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="DF8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="DG8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="DH8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="DI8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="DJ8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="DK8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="DL8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="DM8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="DN8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="DO8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="DP8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="DQ8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="DR8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="DS8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="DT8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="DU8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="DV8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="DW8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="DX8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="DY8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="DZ8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="EA8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="EB8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="EC8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="ED8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="EE8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="EF8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="EG8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="EH8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="EI8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="EJ8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="EK8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="EL8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="EM8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="EN8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="EO8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="EP8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="EQ8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="ER8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="ES8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="ET8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="EU8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="EV8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="EW8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="EX8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="EY8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="EZ8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="FA8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="FB8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="FC8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="FD8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="FE8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="FF8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="FG8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="FH8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="FI8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="FJ8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="FK8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="FL8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="FM8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="FN8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="FO8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="FP8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="FQ8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="FR8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="FS8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="FT8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="FU8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="FV8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="FW8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="FX8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="FY8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="FZ8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="GA8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="GB8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="GC8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="GD8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="GE8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="GF8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="GG8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="GH8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="GI8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="GJ8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="GK8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="GL8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="GM8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="GN8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="GO8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="GP8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="GQ8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="GR8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="GS8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="GT8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="GU8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="GV8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="GW8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="GX8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="GY8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="GZ8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="HA8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="HB8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="HC8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="HD8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="HE8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="HF8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="HG8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="HH8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="HI8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="HJ8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="HK8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="HL8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="HM8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="HN8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="HO8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="HP8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="HQ8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="HR8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="HS8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="HT8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="HU8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="HV8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="HW8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="HX8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="HY8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="HZ8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="IA8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="IB8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="IC8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="ID8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="IE8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="IF8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="IG8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="IH8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="II8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="IJ8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="IK8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="IL8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="IM8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="IN8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="IO8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="IP8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="IQ8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="IR8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="IS8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="IT8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="IU8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="IV8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="IW8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="IX8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="IY8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="IZ8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="JA8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="JB8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="JC8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="JD8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="JE8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="JF8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="JG8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="JH8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="JI8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="JJ8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="JK8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="JL8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="JM8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="JN8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="JO8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="JP8" t="s">
-        <v>328</v>
+        <v>283</v>
       </c>
       <c r="JQ8" t="s">
-        <v>328</v>
-[...134 lines deleted...]
-        <v>328</v>
+        <v>283</v>
       </c>
     </row>
-    <row r="9" spans="1:322">
+    <row r="9" spans="1:277">
       <c r="A9" s="4"/>
       <c r="B9" s="4"/>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
       <c r="L9" s="4"/>
       <c r="M9" s="4"/>
       <c r="N9" s="4"/>
       <c r="O9" s="4"/>
       <c r="P9" s="4"/>
       <c r="Q9" s="4"/>
       <c r="R9" s="4"/>
       <c r="S9" s="4"/>
       <c r="T9" s="4"/>
       <c r="U9" s="4"/>
       <c r="V9" s="4"/>
       <c r="W9" s="4"/>
       <c r="X9" s="4"/>
       <c r="Y9" s="4"/>
@@ -7192,99 +6292,54 @@
       <c r="IS9" s="4"/>
       <c r="IT9" s="4"/>
       <c r="IU9" s="4"/>
       <c r="IV9" s="4"/>
       <c r="IW9" s="4"/>
       <c r="IX9" s="4"/>
       <c r="IY9" s="4"/>
       <c r="IZ9" s="4"/>
       <c r="JA9" s="4"/>
       <c r="JB9" s="4"/>
       <c r="JC9" s="4"/>
       <c r="JD9" s="4"/>
       <c r="JE9" s="4"/>
       <c r="JF9" s="4"/>
       <c r="JG9" s="4"/>
       <c r="JH9" s="4"/>
       <c r="JI9" s="4"/>
       <c r="JJ9" s="4"/>
       <c r="JK9" s="4"/>
       <c r="JL9" s="4"/>
       <c r="JM9" s="4"/>
       <c r="JN9" s="4"/>
       <c r="JO9" s="4"/>
       <c r="JP9" s="4"/>
       <c r="JQ9" s="4"/>
-      <c r="JR9" s="4"/>
-[...43 lines deleted...]
-      <c r="LJ9" s="4"/>
     </row>
-    <row r="10" spans="1:322">
+    <row r="10" spans="1:277">
       <c r="A10" s="2" t="s">
-        <v>329</v>
+        <v>284</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
       <c r="J10" s="2"/>
       <c r="K10" s="2"/>
       <c r="L10" s="2"/>
       <c r="M10" s="2"/>
       <c r="N10" s="2"/>
       <c r="O10" s="2"/>
       <c r="P10" s="2"/>
       <c r="Q10" s="2"/>
       <c r="R10" s="2"/>
       <c r="S10" s="2"/>
       <c r="T10" s="2"/>
       <c r="U10" s="2"/>
       <c r="V10" s="2"/>
       <c r="W10" s="2"/>
       <c r="X10" s="2"/>
       <c r="Y10" s="2"/>
@@ -7518,99 +6573,54 @@
       <c r="IS10" s="2"/>
       <c r="IT10" s="2"/>
       <c r="IU10" s="2"/>
       <c r="IV10" s="2"/>
       <c r="IW10" s="2"/>
       <c r="IX10" s="2"/>
       <c r="IY10" s="2"/>
       <c r="IZ10" s="2"/>
       <c r="JA10" s="2"/>
       <c r="JB10" s="2"/>
       <c r="JC10" s="2"/>
       <c r="JD10" s="2"/>
       <c r="JE10" s="2"/>
       <c r="JF10" s="2"/>
       <c r="JG10" s="2"/>
       <c r="JH10" s="2"/>
       <c r="JI10" s="2"/>
       <c r="JJ10" s="2"/>
       <c r="JK10" s="2"/>
       <c r="JL10" s="2"/>
       <c r="JM10" s="2"/>
       <c r="JN10" s="2"/>
       <c r="JO10" s="2"/>
       <c r="JP10" s="2"/>
       <c r="JQ10" s="2"/>
-      <c r="JR10" s="2"/>
-[...43 lines deleted...]
-      <c r="LJ10" s="2"/>
     </row>
-    <row r="11" spans="1:322">
+    <row r="11" spans="1:277">
       <c r="A11" s="3" t="s">
-        <v>322</v>
+        <v>277</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="3"/>
       <c r="P11" s="3"/>
       <c r="Q11" s="3"/>
       <c r="R11" s="3"/>
       <c r="S11" s="3"/>
       <c r="T11" s="3"/>
       <c r="U11" s="3"/>
       <c r="V11" s="3"/>
       <c r="W11" s="3"/>
       <c r="X11" s="3"/>
       <c r="Y11" s="3"/>
@@ -7844,1067 +6854,887 @@
       <c r="IS11" s="3"/>
       <c r="IT11" s="3"/>
       <c r="IU11" s="3"/>
       <c r="IV11" s="3"/>
       <c r="IW11" s="3"/>
       <c r="IX11" s="3"/>
       <c r="IY11" s="3"/>
       <c r="IZ11" s="3"/>
       <c r="JA11" s="3"/>
       <c r="JB11" s="3"/>
       <c r="JC11" s="3"/>
       <c r="JD11" s="3"/>
       <c r="JE11" s="3"/>
       <c r="JF11" s="3"/>
       <c r="JG11" s="3"/>
       <c r="JH11" s="3"/>
       <c r="JI11" s="3"/>
       <c r="JJ11" s="3"/>
       <c r="JK11" s="3"/>
       <c r="JL11" s="3"/>
       <c r="JM11" s="3"/>
       <c r="JN11" s="3"/>
       <c r="JO11" s="3"/>
       <c r="JP11" s="3"/>
       <c r="JQ11" s="3"/>
-      <c r="JR11" s="3"/>
-[...43 lines deleted...]
-      <c r="LJ11" s="3"/>
     </row>
-    <row r="12" spans="1:322">
+    <row r="12" spans="1:277">
       <c r="A12" t="s">
-        <v>323</v>
+        <v>278</v>
       </c>
       <c r="B12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="C12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="D12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="E12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="F12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="G12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="H12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="I12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="J12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="K12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="L12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="M12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="N12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="O12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="P12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="Q12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="R12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="S12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="T12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="U12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="V12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="W12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="X12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="Y12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="Z12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="AA12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="AB12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="AC12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="AD12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="AE12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="AF12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="AG12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="AH12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="AI12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="AJ12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="AK12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="AL12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="AM12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="AN12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="AO12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="AP12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="AQ12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="AR12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="AS12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="AT12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="AU12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="AV12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="AW12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="AX12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="AY12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="AZ12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="BA12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="BB12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="BC12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="BD12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="BE12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="BF12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="BG12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="BH12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="BI12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="BJ12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="BK12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="BL12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="BM12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="BN12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="BO12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="BP12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="BQ12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="BR12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="BS12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="BT12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="BU12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="BV12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="BW12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="BX12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="BY12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="BZ12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="CA12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="CB12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="CC12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="CD12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="CE12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="CF12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="CG12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="CH12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="CI12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="CJ12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="CK12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="CL12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="CM12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="CN12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="CO12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="CP12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="CQ12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="CR12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="CS12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="CT12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="CU12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="CV12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="CW12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="CX12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="CY12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="CZ12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="DA12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="DB12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="DC12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="DD12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="DE12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="DF12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="DG12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="DH12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="DI12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="DJ12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="DK12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="DL12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="DM12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="DN12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="DO12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="DP12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="DQ12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="DR12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="DS12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="DT12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="DU12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="DV12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="DW12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="DX12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="DY12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="DZ12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="EA12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="EB12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="EC12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="ED12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="EE12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="EF12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="EG12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="EH12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="EI12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="EJ12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="EK12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="EL12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="EM12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="EN12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="EO12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="EP12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="EQ12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="ER12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="ES12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="ET12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="EU12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="EV12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="EW12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="EX12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="EY12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="EZ12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="FA12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="FB12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="FC12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="FD12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="FE12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="FF12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="FG12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="FH12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="FI12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="FJ12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="FK12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="FL12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="FM12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="FN12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="FO12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="FP12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="FQ12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="FR12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="FS12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="FT12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="FU12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="FV12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="FW12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="FX12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="FY12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="FZ12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="GA12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="GB12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="GC12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="GD12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="GE12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="GF12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="GG12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="GH12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="GI12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="GJ12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="GK12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="GL12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="GM12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="GN12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="GO12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="GP12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="GQ12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="GR12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="GS12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="GT12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="GU12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="GV12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="GW12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="GX12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="GY12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="GZ12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="HA12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="HB12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="HC12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="HD12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="HE12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="HF12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="HG12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="HH12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="HI12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="HJ12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="HK12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="HL12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="HM12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="HN12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="HO12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="HP12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="HQ12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="HR12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="HS12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="HT12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="HU12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="HV12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="HW12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="HX12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="HY12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="HZ12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="IA12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="IB12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="IC12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="ID12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="IE12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="IF12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="IG12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="IH12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="II12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="IJ12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="IK12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="IL12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="IM12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="IN12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="IO12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="IP12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="IQ12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="IR12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="IS12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="IT12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="IU12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="IV12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="IW12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="IX12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="IY12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="IZ12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="JA12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="JB12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="JC12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="JD12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="JE12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="JF12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="JG12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="JH12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="JI12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="JJ12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="JK12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="JL12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="JM12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="JN12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="JO12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="JP12" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="JQ12" t="s">
-        <v>330</v>
-[...134 lines deleted...]
-        <v>330</v>
+        <v>285</v>
       </c>
     </row>
-    <row r="13" spans="1:322">
+    <row r="13" spans="1:277">
       <c r="A13" s="3" t="s">
-        <v>331</v>
+        <v>286</v>
       </c>
       <c r="B13" s="3"/>
       <c r="C13" s="3"/>
       <c r="D13" s="3"/>
       <c r="E13" s="3"/>
       <c r="F13" s="3"/>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
       <c r="J13" s="3"/>
       <c r="K13" s="3"/>
       <c r="L13" s="3"/>
       <c r="M13" s="3"/>
       <c r="N13" s="3"/>
       <c r="O13" s="3"/>
       <c r="P13" s="3"/>
       <c r="Q13" s="3"/>
       <c r="R13" s="3"/>
       <c r="S13" s="3"/>
       <c r="T13" s="3"/>
       <c r="U13" s="3"/>
       <c r="V13" s="3"/>
       <c r="W13" s="3"/>
       <c r="X13" s="3"/>
       <c r="Y13" s="3"/>
@@ -9138,1067 +7968,887 @@
       <c r="IS13" s="3"/>
       <c r="IT13" s="3"/>
       <c r="IU13" s="3"/>
       <c r="IV13" s="3"/>
       <c r="IW13" s="3"/>
       <c r="IX13" s="3"/>
       <c r="IY13" s="3"/>
       <c r="IZ13" s="3"/>
       <c r="JA13" s="3"/>
       <c r="JB13" s="3"/>
       <c r="JC13" s="3"/>
       <c r="JD13" s="3"/>
       <c r="JE13" s="3"/>
       <c r="JF13" s="3"/>
       <c r="JG13" s="3"/>
       <c r="JH13" s="3"/>
       <c r="JI13" s="3"/>
       <c r="JJ13" s="3"/>
       <c r="JK13" s="3"/>
       <c r="JL13" s="3"/>
       <c r="JM13" s="3"/>
       <c r="JN13" s="3"/>
       <c r="JO13" s="3"/>
       <c r="JP13" s="3"/>
       <c r="JQ13" s="3"/>
-      <c r="JR13" s="3"/>
-[...43 lines deleted...]
-      <c r="LJ13" s="3"/>
     </row>
-    <row r="14" spans="1:322">
+    <row r="14" spans="1:277">
       <c r="A14" t="s">
-        <v>323</v>
+        <v>278</v>
       </c>
       <c r="B14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="C14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="D14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="E14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="F14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="G14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="H14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="I14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="J14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="K14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="L14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="M14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="N14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="O14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="P14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="Q14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="R14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="S14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="T14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="U14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="V14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="W14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="X14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="Y14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="Z14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="AA14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="AB14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="AC14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="AD14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="AE14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="AF14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="AG14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="AH14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="AI14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="AJ14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="AK14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="AL14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="AM14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="AN14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="AO14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="AP14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="AQ14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="AR14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="AS14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="AT14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="AU14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="AV14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="AW14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="AX14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="AY14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="AZ14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="BA14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="BB14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="BC14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="BD14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="BE14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="BF14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="BG14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="BH14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="BI14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="BJ14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="BK14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="BL14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="BM14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="BN14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="BO14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="BP14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="BQ14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="BR14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="BS14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="BT14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="BU14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="BV14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="BW14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="BX14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="BY14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="BZ14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="CA14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="CB14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="CC14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="CD14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="CE14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="CF14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="CG14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="CH14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="CI14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="CJ14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="CK14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="CL14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="CM14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="CN14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="CO14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="CP14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="CQ14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="CR14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="CS14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="CT14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="CU14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="CV14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="CW14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="CX14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="CY14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="CZ14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="DA14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="DB14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="DC14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="DD14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="DE14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="DF14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="DG14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="DH14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="DI14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="DJ14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="DK14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="DL14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="DM14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="DN14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="DO14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="DP14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="DQ14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="DR14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="DS14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="DT14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="DU14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="DV14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="DW14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="DX14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="DY14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="DZ14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="EA14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="EB14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="EC14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="ED14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="EE14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="EF14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="EG14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="EH14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="EI14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="EJ14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="EK14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="EL14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="EM14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="EN14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="EO14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="EP14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="EQ14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="ER14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="ES14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="ET14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="EU14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="EV14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="EW14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="EX14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="EY14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="EZ14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="FA14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="FB14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="FC14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="FD14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="FE14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="FF14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="FG14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="FH14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="FI14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="FJ14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="FK14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="FL14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="FM14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="FN14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="FO14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="FP14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="FQ14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="FR14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="FS14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="FT14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="FU14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="FV14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="FW14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="FX14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="FY14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="FZ14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="GA14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="GB14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="GC14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="GD14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="GE14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="GF14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="GG14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="GH14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="GI14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="GJ14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="GK14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="GL14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="GM14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="GN14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="GO14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="GP14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="GQ14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="GR14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="GS14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="GT14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="GU14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="GV14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="GW14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="GX14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="GY14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="GZ14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="HA14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="HB14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="HC14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="HD14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="HE14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="HF14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="HG14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="HH14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="HI14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="HJ14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="HK14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="HL14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="HM14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="HN14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="HO14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="HP14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="HQ14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="HR14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="HS14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="HT14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="HU14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="HV14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="HW14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="HX14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="HY14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="HZ14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="IA14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="IB14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="IC14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="ID14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="IE14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="IF14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="IG14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="IH14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="II14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="IJ14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="IK14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="IL14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="IM14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="IN14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="IO14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="IP14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="IQ14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="IR14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="IS14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="IT14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="IU14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="IV14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="IW14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="IX14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="IY14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="IZ14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="JA14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="JB14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="JC14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="JD14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="JE14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="JF14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="JG14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="JH14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="JI14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="JJ14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="JK14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="JL14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="JM14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="JN14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="JO14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="JP14" t="s">
-        <v>332</v>
+        <v>287</v>
       </c>
       <c r="JQ14" t="s">
-        <v>332</v>
-[...134 lines deleted...]
-        <v>332</v>
+        <v>287</v>
       </c>
     </row>
-    <row r="15" spans="1:322">
+    <row r="15" spans="1:277">
       <c r="A15" s="3" t="s">
-        <v>333</v>
+        <v>288</v>
       </c>
       <c r="B15" s="3"/>
       <c r="C15" s="3"/>
       <c r="D15" s="3"/>
       <c r="E15" s="3"/>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3"/>
       <c r="K15" s="3"/>
       <c r="L15" s="3"/>
       <c r="M15" s="3"/>
       <c r="N15" s="3"/>
       <c r="O15" s="3"/>
       <c r="P15" s="3"/>
       <c r="Q15" s="3"/>
       <c r="R15" s="3"/>
       <c r="S15" s="3"/>
       <c r="T15" s="3"/>
       <c r="U15" s="3"/>
       <c r="V15" s="3"/>
       <c r="W15" s="3"/>
       <c r="X15" s="3"/>
       <c r="Y15" s="3"/>
@@ -10432,1067 +9082,887 @@
       <c r="IS15" s="3"/>
       <c r="IT15" s="3"/>
       <c r="IU15" s="3"/>
       <c r="IV15" s="3"/>
       <c r="IW15" s="3"/>
       <c r="IX15" s="3"/>
       <c r="IY15" s="3"/>
       <c r="IZ15" s="3"/>
       <c r="JA15" s="3"/>
       <c r="JB15" s="3"/>
       <c r="JC15" s="3"/>
       <c r="JD15" s="3"/>
       <c r="JE15" s="3"/>
       <c r="JF15" s="3"/>
       <c r="JG15" s="3"/>
       <c r="JH15" s="3"/>
       <c r="JI15" s="3"/>
       <c r="JJ15" s="3"/>
       <c r="JK15" s="3"/>
       <c r="JL15" s="3"/>
       <c r="JM15" s="3"/>
       <c r="JN15" s="3"/>
       <c r="JO15" s="3"/>
       <c r="JP15" s="3"/>
       <c r="JQ15" s="3"/>
-      <c r="JR15" s="3"/>
-[...43 lines deleted...]
-      <c r="LJ15" s="3"/>
     </row>
-    <row r="16" spans="1:322">
+    <row r="16" spans="1:277">
       <c r="A16" t="s">
-        <v>323</v>
+        <v>278</v>
       </c>
       <c r="B16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="C16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="D16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="E16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="F16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="G16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="H16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="I16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="J16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="K16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="L16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="M16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="N16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="O16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="P16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="Q16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="R16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="S16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="T16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="U16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="V16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="W16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="X16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="Y16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="Z16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="AA16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="AB16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="AC16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="AD16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="AE16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="AF16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="AG16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="AH16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="AI16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="AJ16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="AK16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="AL16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="AM16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="AN16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="AO16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="AP16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="AQ16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="AR16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="AS16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="AT16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="AU16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="AV16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="AW16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="AX16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="AY16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="AZ16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="BA16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="BB16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="BC16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="BD16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="BE16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="BF16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="BG16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="BH16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="BI16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="BJ16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="BK16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="BL16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="BM16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="BN16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="BO16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="BP16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="BQ16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="BR16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="BS16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="BT16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="BU16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="BV16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="BW16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="BX16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="BY16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="BZ16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="CA16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="CB16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="CC16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="CD16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="CE16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="CF16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="CG16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="CH16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="CI16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="CJ16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="CK16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="CL16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="CM16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="CN16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="CO16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="CP16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="CQ16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="CR16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="CS16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="CT16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="CU16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="CV16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="CW16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="CX16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="CY16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="CZ16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="DA16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="DB16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="DC16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="DD16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="DE16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="DF16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="DG16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="DH16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="DI16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="DJ16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="DK16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="DL16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="DM16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="DN16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="DO16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="DP16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="DQ16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="DR16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="DS16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="DT16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="DU16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="DV16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="DW16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="DX16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="DY16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="DZ16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="EA16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="EB16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="EC16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="ED16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="EE16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="EF16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="EG16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="EH16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="EI16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="EJ16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="EK16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="EL16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="EM16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="EN16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="EO16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="EP16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="EQ16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="ER16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="ES16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="ET16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="EU16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="EV16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="EW16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="EX16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="EY16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="EZ16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="FA16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="FB16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="FC16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="FD16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="FE16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="FF16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="FG16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="FH16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="FI16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="FJ16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="FK16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="FL16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="FM16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="FN16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="FO16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="FP16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="FQ16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="FR16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="FS16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="FT16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="FU16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="FV16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="FW16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="FX16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="FY16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="FZ16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="GA16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="GB16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="GC16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="GD16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="GE16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="GF16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="GG16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="GH16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="GI16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="GJ16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="GK16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="GL16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="GM16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="GN16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="GO16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="GP16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="GQ16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="GR16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="GS16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="GT16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="GU16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="GV16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="GW16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="GX16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="GY16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="GZ16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="HA16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="HB16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="HC16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="HD16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="HE16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="HF16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="HG16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="HH16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="HI16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="HJ16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="HK16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="HL16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="HM16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="HN16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="HO16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="HP16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="HQ16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="HR16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="HS16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="HT16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="HU16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="HV16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="HW16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="HX16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="HY16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="HZ16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="IA16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="IB16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="IC16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="ID16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="IE16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="IF16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="IG16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="IH16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="II16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="IJ16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="IK16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="IL16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="IM16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="IN16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="IO16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="IP16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="IQ16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="IR16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="IS16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="IT16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="IU16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="IV16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="IW16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="IX16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="IY16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="IZ16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="JA16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="JB16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="JC16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="JD16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="JE16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="JF16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="JG16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="JH16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="JI16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="JJ16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="JK16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="JL16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="JM16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="JN16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="JO16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="JP16" t="s">
-        <v>334</v>
+        <v>289</v>
       </c>
       <c r="JQ16" t="s">
-        <v>334</v>
-[...134 lines deleted...]
-        <v>334</v>
+        <v>289</v>
       </c>
     </row>
-    <row r="18" spans="1:322">
+    <row r="18" spans="1:277">
       <c r="A18" s="1" t="s">
-        <v>335</v>
+        <v>290</v>
       </c>
       <c r="B18" s="1"/>
       <c r="C18" s="1"/>
       <c r="D18" s="1"/>
       <c r="E18" s="1"/>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
       <c r="X18" s="1"/>
       <c r="Y18" s="1"/>
@@ -11726,105 +10196,60 @@
       <c r="IS18" s="1"/>
       <c r="IT18" s="1"/>
       <c r="IU18" s="1"/>
       <c r="IV18" s="1"/>
       <c r="IW18" s="1"/>
       <c r="IX18" s="1"/>
       <c r="IY18" s="1"/>
       <c r="IZ18" s="1"/>
       <c r="JA18" s="1"/>
       <c r="JB18" s="1"/>
       <c r="JC18" s="1"/>
       <c r="JD18" s="1"/>
       <c r="JE18" s="1"/>
       <c r="JF18" s="1"/>
       <c r="JG18" s="1"/>
       <c r="JH18" s="1"/>
       <c r="JI18" s="1"/>
       <c r="JJ18" s="1"/>
       <c r="JK18" s="1"/>
       <c r="JL18" s="1"/>
       <c r="JM18" s="1"/>
       <c r="JN18" s="1"/>
       <c r="JO18" s="1"/>
       <c r="JP18" s="1"/>
       <c r="JQ18" s="1"/>
-      <c r="JR18" s="1"/>
-[...43 lines deleted...]
-      <c r="LJ18" s="1"/>
     </row>
-    <row r="19" spans="1:322">
+    <row r="19" spans="1:277">
       <c r="A19" t="s">
-        <v>336</v>
+        <v>291</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A19:LJ19"/>
+    <mergeCell ref="A19:JQ19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>