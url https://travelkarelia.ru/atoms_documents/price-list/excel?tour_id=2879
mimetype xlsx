--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -12,108 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="2879-nizhegorodskoe-turne" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
-[...56 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
     <t>31.03.2026</t>
   </si>
   <si>
     <t>02.04.2026</t>
   </si>
   <si>
     <t>04.04.2026</t>
   </si>
   <si>
     <t>07.04.2026</t>
   </si>
   <si>
     <t>09.04.2026</t>
   </si>
   <si>
     <t>11.04.2026</t>
   </si>
   <si>
     <t>14.04.2026</t>
   </si>
   <si>
     <t>16.04.2026</t>
   </si>
   <si>
@@ -461,54 +404,54 @@
   <si>
     <t>35800 RUB</t>
   </si>
   <si>
     <t>Трехместный номер для трех человек</t>
   </si>
   <si>
     <t>32900 RUB</t>
   </si>
   <si>
     <t>«CORT INN 4*»</t>
   </si>
   <si>
     <t>59500 RUB</t>
   </si>
   <si>
     <t>Двухместный номер для одного человека</t>
   </si>
   <si>
     <t>Трехместный номер для одного человека</t>
   </si>
   <si>
     <t>43100 RUB</t>
   </si>
   <si>
-    <t>Примечение</t>
-[...2 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 13.02.2026 09:52, и может быть изменена в любое время без оповещения. Не является публичной офертой. Актуальная информация всегда представлена на странице: https://travelkarelia.ru/tury-po-rossii/2879-nizhegorodskoe-turne</t>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 31.03.2026 02:22, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -850,54 +793,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:EG19"/>
+  <dimension ref="A1:DN19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A18" sqref="A18:EG18"/>
+      <selection activeCell="A18" sqref="A18:DN18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="44.703369" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
@@ -976,72 +919,53 @@
     <col min="94" max="94" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="95" max="95" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="96" max="96" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="97" max="97" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="98" max="98" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="99" max="99" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="100" max="100" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="101" max="101" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="102" max="102" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="103" max="103" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="104" max="104" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="105" max="105" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="106" max="106" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="107" max="107" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="108" max="108" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="109" max="109" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="110" max="110" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="111" max="111" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="112" max="112" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="113" max="113" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="114" max="114" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="115" max="115" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="116" max="116" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="117" max="117" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="118" max="118" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="119" max="119" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...17 lines deleted...]
-    <col min="137" max="137" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:137">
+    <row r="1" spans="1:118">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
@@ -1350,111 +1274,54 @@
       </c>
       <c r="DG1" s="1" t="s">
         <v>109</v>
       </c>
       <c r="DH1" s="1" t="s">
         <v>110</v>
       </c>
       <c r="DI1" s="1" t="s">
         <v>111</v>
       </c>
       <c r="DJ1" s="1" t="s">
         <v>112</v>
       </c>
       <c r="DK1" s="1" t="s">
         <v>113</v>
       </c>
       <c r="DL1" s="1" t="s">
         <v>114</v>
       </c>
       <c r="DM1" s="1" t="s">
         <v>115</v>
       </c>
       <c r="DN1" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="DO1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:118">
+      <c r="A2" s="2" t="s">
         <v>117</v>
-      </c>
-[...57 lines deleted...]
-        <v>136</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
@@ -1529,73 +1396,54 @@
       <c r="CP2" s="2"/>
       <c r="CQ2" s="2"/>
       <c r="CR2" s="2"/>
       <c r="CS2" s="2"/>
       <c r="CT2" s="2"/>
       <c r="CU2" s="2"/>
       <c r="CV2" s="2"/>
       <c r="CW2" s="2"/>
       <c r="CX2" s="2"/>
       <c r="CY2" s="2"/>
       <c r="CZ2" s="2"/>
       <c r="DA2" s="2"/>
       <c r="DB2" s="2"/>
       <c r="DC2" s="2"/>
       <c r="DD2" s="2"/>
       <c r="DE2" s="2"/>
       <c r="DF2" s="2"/>
       <c r="DG2" s="2"/>
       <c r="DH2" s="2"/>
       <c r="DI2" s="2"/>
       <c r="DJ2" s="2"/>
       <c r="DK2" s="2"/>
       <c r="DL2" s="2"/>
       <c r="DM2" s="2"/>
       <c r="DN2" s="2"/>
-      <c r="DO2" s="2"/>
-[...17 lines deleted...]
-      <c r="EG2" s="2"/>
     </row>
-    <row r="3" spans="1:137">
+    <row r="3" spans="1:118">
       <c r="A3" s="3" t="s">
-        <v>137</v>
+        <v>118</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
@@ -1670,486 +1518,410 @@
       <c r="CP3" s="3"/>
       <c r="CQ3" s="3"/>
       <c r="CR3" s="3"/>
       <c r="CS3" s="3"/>
       <c r="CT3" s="3"/>
       <c r="CU3" s="3"/>
       <c r="CV3" s="3"/>
       <c r="CW3" s="3"/>
       <c r="CX3" s="3"/>
       <c r="CY3" s="3"/>
       <c r="CZ3" s="3"/>
       <c r="DA3" s="3"/>
       <c r="DB3" s="3"/>
       <c r="DC3" s="3"/>
       <c r="DD3" s="3"/>
       <c r="DE3" s="3"/>
       <c r="DF3" s="3"/>
       <c r="DG3" s="3"/>
       <c r="DH3" s="3"/>
       <c r="DI3" s="3"/>
       <c r="DJ3" s="3"/>
       <c r="DK3" s="3"/>
       <c r="DL3" s="3"/>
       <c r="DM3" s="3"/>
       <c r="DN3" s="3"/>
-      <c r="DO3" s="3"/>
-[...17 lines deleted...]
-      <c r="EG3" s="3"/>
     </row>
-    <row r="4" spans="1:137">
+    <row r="4" spans="1:118">
       <c r="A4" t="s">
-        <v>138</v>
+        <v>119</v>
       </c>
       <c r="B4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="C4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="D4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="E4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="F4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="G4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="H4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="I4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="J4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="K4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="L4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="M4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="N4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="O4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="P4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="Q4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="R4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="S4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="T4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="U4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="V4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="W4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="X4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="Y4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="Z4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AA4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AB4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AC4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AD4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AE4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AF4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AG4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AH4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AI4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AJ4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AK4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AL4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AM4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AN4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AO4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AP4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AQ4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AR4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AS4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AT4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AU4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AV4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AW4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AX4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AY4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AZ4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BA4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BB4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BC4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BD4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BE4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BF4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BG4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BH4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BI4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BJ4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BK4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BL4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BM4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BN4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BO4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BP4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BQ4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BR4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BS4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BT4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BU4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BV4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BW4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BX4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BY4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BZ4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CA4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CB4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CC4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CD4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CE4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CF4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CG4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CH4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CI4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CJ4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CK4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CL4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CM4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CN4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CO4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CP4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CQ4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CR4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CS4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CT4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CU4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CV4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CW4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CX4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CY4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CZ4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="DA4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="DB4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="DC4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="DD4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="DE4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="DF4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="DG4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="DH4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="DI4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="DJ4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="DK4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="DL4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="DM4" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="DN4" t="s">
-        <v>139</v>
-[...56 lines deleted...]
-        <v>139</v>
+        <v>120</v>
       </c>
     </row>
-    <row r="5" spans="1:137">
+    <row r="5" spans="1:118">
       <c r="A5" s="3" t="s">
-        <v>140</v>
+        <v>121</v>
       </c>
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
       <c r="N5" s="3"/>
       <c r="O5" s="3"/>
       <c r="P5" s="3"/>
       <c r="Q5" s="3"/>
       <c r="R5" s="3"/>
       <c r="S5" s="3"/>
       <c r="T5" s="3"/>
       <c r="U5" s="3"/>
       <c r="V5" s="3"/>
       <c r="W5" s="3"/>
       <c r="X5" s="3"/>
       <c r="Y5" s="3"/>
@@ -2224,486 +1996,410 @@
       <c r="CP5" s="3"/>
       <c r="CQ5" s="3"/>
       <c r="CR5" s="3"/>
       <c r="CS5" s="3"/>
       <c r="CT5" s="3"/>
       <c r="CU5" s="3"/>
       <c r="CV5" s="3"/>
       <c r="CW5" s="3"/>
       <c r="CX5" s="3"/>
       <c r="CY5" s="3"/>
       <c r="CZ5" s="3"/>
       <c r="DA5" s="3"/>
       <c r="DB5" s="3"/>
       <c r="DC5" s="3"/>
       <c r="DD5" s="3"/>
       <c r="DE5" s="3"/>
       <c r="DF5" s="3"/>
       <c r="DG5" s="3"/>
       <c r="DH5" s="3"/>
       <c r="DI5" s="3"/>
       <c r="DJ5" s="3"/>
       <c r="DK5" s="3"/>
       <c r="DL5" s="3"/>
       <c r="DM5" s="3"/>
       <c r="DN5" s="3"/>
-      <c r="DO5" s="3"/>
-[...17 lines deleted...]
-      <c r="EG5" s="3"/>
     </row>
-    <row r="6" spans="1:137">
+    <row r="6" spans="1:118">
       <c r="A6" t="s">
-        <v>138</v>
+        <v>119</v>
       </c>
       <c r="B6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="C6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="D6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="E6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="F6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="G6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="H6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="I6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="J6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="K6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="L6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="M6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="N6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="O6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="P6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="Q6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="R6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="S6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="T6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="U6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="V6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="W6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="X6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="Y6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="Z6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="AA6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="AB6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="AC6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="AD6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="AE6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="AF6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="AG6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="AH6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="AI6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="AJ6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="AK6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="AL6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="AM6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="AN6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="AO6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="AP6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="AQ6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="AR6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="AS6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="AT6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="AU6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="AV6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="AW6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="AX6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="AY6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="AZ6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="BA6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="BB6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="BC6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="BD6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="BE6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="BF6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="BG6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="BH6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="BI6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="BJ6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="BK6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="BL6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="BM6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="BN6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="BO6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="BP6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="BQ6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="BR6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="BS6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="BT6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="BU6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="BV6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="BW6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="BX6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="BY6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="BZ6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="CA6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="CB6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="CC6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="CD6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="CE6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="CF6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="CG6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="CH6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="CI6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="CJ6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="CK6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="CL6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="CM6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="CN6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="CO6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="CP6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="CQ6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="CR6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="CS6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="CT6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="CU6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="CV6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="CW6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="CX6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="CY6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="CZ6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="DA6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="DB6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="DC6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="DD6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="DE6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="DF6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="DG6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="DH6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="DI6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="DJ6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="DK6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="DL6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="DM6" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="DN6" t="s">
-        <v>141</v>
-[...56 lines deleted...]
-        <v>141</v>
+        <v>122</v>
       </c>
     </row>
-    <row r="7" spans="1:137">
+    <row r="7" spans="1:118">
       <c r="A7" s="3" t="s">
-        <v>142</v>
+        <v>123</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3"/>
       <c r="S7" s="3"/>
       <c r="T7" s="3"/>
       <c r="U7" s="3"/>
       <c r="V7" s="3"/>
       <c r="W7" s="3"/>
       <c r="X7" s="3"/>
       <c r="Y7" s="3"/>
@@ -2778,484 +2474,408 @@
       <c r="CP7" s="3"/>
       <c r="CQ7" s="3"/>
       <c r="CR7" s="3"/>
       <c r="CS7" s="3"/>
       <c r="CT7" s="3"/>
       <c r="CU7" s="3"/>
       <c r="CV7" s="3"/>
       <c r="CW7" s="3"/>
       <c r="CX7" s="3"/>
       <c r="CY7" s="3"/>
       <c r="CZ7" s="3"/>
       <c r="DA7" s="3"/>
       <c r="DB7" s="3"/>
       <c r="DC7" s="3"/>
       <c r="DD7" s="3"/>
       <c r="DE7" s="3"/>
       <c r="DF7" s="3"/>
       <c r="DG7" s="3"/>
       <c r="DH7" s="3"/>
       <c r="DI7" s="3"/>
       <c r="DJ7" s="3"/>
       <c r="DK7" s="3"/>
       <c r="DL7" s="3"/>
       <c r="DM7" s="3"/>
       <c r="DN7" s="3"/>
-      <c r="DO7" s="3"/>
-[...17 lines deleted...]
-      <c r="EG7" s="3"/>
     </row>
-    <row r="8" spans="1:137">
+    <row r="8" spans="1:118">
       <c r="A8" t="s">
-        <v>138</v>
+        <v>119</v>
       </c>
       <c r="B8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="C8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="D8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="E8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="F8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="G8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="H8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="I8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="J8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="K8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="L8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="M8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="N8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="O8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="P8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="Q8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="R8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="S8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="T8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="U8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="V8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="W8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="X8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="Y8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="Z8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="AA8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="AB8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="AC8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="AD8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="AE8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="AF8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="AG8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="AH8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="AI8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="AJ8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="AK8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="AL8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="AM8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="AN8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="AO8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="AP8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="AQ8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="AR8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="AS8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="AT8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="AU8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="AV8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="AW8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="AX8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="AY8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="AZ8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="BA8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="BB8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="BC8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="BD8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="BE8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="BF8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="BG8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="BH8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="BI8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="BJ8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="BK8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="BL8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="BM8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="BN8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="BO8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="BP8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="BQ8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="BR8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="BS8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="BT8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="BU8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="BV8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="BW8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="BX8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="BY8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="BZ8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="CA8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="CB8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="CC8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="CD8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="CE8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="CF8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="CG8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="CH8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="CI8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="CJ8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="CK8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="CL8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="CM8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="CN8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="CO8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="CP8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="CQ8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="CR8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="CS8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="CT8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="CU8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="CV8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="CW8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="CX8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="CY8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="CZ8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="DA8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="DB8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="DC8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="DD8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="DE8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="DF8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="DG8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="DH8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="DI8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="DJ8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="DK8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="DL8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="DM8" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="DN8" t="s">
-        <v>143</v>
-[...56 lines deleted...]
-        <v>143</v>
+        <v>124</v>
       </c>
     </row>
-    <row r="9" spans="1:137">
+    <row r="9" spans="1:118">
       <c r="A9" s="4"/>
       <c r="B9" s="4"/>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
       <c r="L9" s="4"/>
       <c r="M9" s="4"/>
       <c r="N9" s="4"/>
       <c r="O9" s="4"/>
       <c r="P9" s="4"/>
       <c r="Q9" s="4"/>
       <c r="R9" s="4"/>
       <c r="S9" s="4"/>
       <c r="T9" s="4"/>
       <c r="U9" s="4"/>
       <c r="V9" s="4"/>
       <c r="W9" s="4"/>
       <c r="X9" s="4"/>
       <c r="Y9" s="4"/>
@@ -3330,73 +2950,54 @@
       <c r="CP9" s="4"/>
       <c r="CQ9" s="4"/>
       <c r="CR9" s="4"/>
       <c r="CS9" s="4"/>
       <c r="CT9" s="4"/>
       <c r="CU9" s="4"/>
       <c r="CV9" s="4"/>
       <c r="CW9" s="4"/>
       <c r="CX9" s="4"/>
       <c r="CY9" s="4"/>
       <c r="CZ9" s="4"/>
       <c r="DA9" s="4"/>
       <c r="DB9" s="4"/>
       <c r="DC9" s="4"/>
       <c r="DD9" s="4"/>
       <c r="DE9" s="4"/>
       <c r="DF9" s="4"/>
       <c r="DG9" s="4"/>
       <c r="DH9" s="4"/>
       <c r="DI9" s="4"/>
       <c r="DJ9" s="4"/>
       <c r="DK9" s="4"/>
       <c r="DL9" s="4"/>
       <c r="DM9" s="4"/>
       <c r="DN9" s="4"/>
-      <c r="DO9" s="4"/>
-[...17 lines deleted...]
-      <c r="EG9" s="4"/>
     </row>
-    <row r="10" spans="1:137">
+    <row r="10" spans="1:118">
       <c r="A10" s="2" t="s">
-        <v>144</v>
+        <v>125</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
       <c r="J10" s="2"/>
       <c r="K10" s="2"/>
       <c r="L10" s="2"/>
       <c r="M10" s="2"/>
       <c r="N10" s="2"/>
       <c r="O10" s="2"/>
       <c r="P10" s="2"/>
       <c r="Q10" s="2"/>
       <c r="R10" s="2"/>
       <c r="S10" s="2"/>
       <c r="T10" s="2"/>
       <c r="U10" s="2"/>
       <c r="V10" s="2"/>
       <c r="W10" s="2"/>
       <c r="X10" s="2"/>
       <c r="Y10" s="2"/>
@@ -3471,73 +3072,54 @@
       <c r="CP10" s="2"/>
       <c r="CQ10" s="2"/>
       <c r="CR10" s="2"/>
       <c r="CS10" s="2"/>
       <c r="CT10" s="2"/>
       <c r="CU10" s="2"/>
       <c r="CV10" s="2"/>
       <c r="CW10" s="2"/>
       <c r="CX10" s="2"/>
       <c r="CY10" s="2"/>
       <c r="CZ10" s="2"/>
       <c r="DA10" s="2"/>
       <c r="DB10" s="2"/>
       <c r="DC10" s="2"/>
       <c r="DD10" s="2"/>
       <c r="DE10" s="2"/>
       <c r="DF10" s="2"/>
       <c r="DG10" s="2"/>
       <c r="DH10" s="2"/>
       <c r="DI10" s="2"/>
       <c r="DJ10" s="2"/>
       <c r="DK10" s="2"/>
       <c r="DL10" s="2"/>
       <c r="DM10" s="2"/>
       <c r="DN10" s="2"/>
-      <c r="DO10" s="2"/>
-[...17 lines deleted...]
-      <c r="EG10" s="2"/>
     </row>
-    <row r="11" spans="1:137">
+    <row r="11" spans="1:118">
       <c r="A11" s="3" t="s">
-        <v>137</v>
+        <v>118</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="3"/>
       <c r="P11" s="3"/>
       <c r="Q11" s="3"/>
       <c r="R11" s="3"/>
       <c r="S11" s="3"/>
       <c r="T11" s="3"/>
       <c r="U11" s="3"/>
       <c r="V11" s="3"/>
       <c r="W11" s="3"/>
       <c r="X11" s="3"/>
       <c r="Y11" s="3"/>
@@ -3612,486 +3194,410 @@
       <c r="CP11" s="3"/>
       <c r="CQ11" s="3"/>
       <c r="CR11" s="3"/>
       <c r="CS11" s="3"/>
       <c r="CT11" s="3"/>
       <c r="CU11" s="3"/>
       <c r="CV11" s="3"/>
       <c r="CW11" s="3"/>
       <c r="CX11" s="3"/>
       <c r="CY11" s="3"/>
       <c r="CZ11" s="3"/>
       <c r="DA11" s="3"/>
       <c r="DB11" s="3"/>
       <c r="DC11" s="3"/>
       <c r="DD11" s="3"/>
       <c r="DE11" s="3"/>
       <c r="DF11" s="3"/>
       <c r="DG11" s="3"/>
       <c r="DH11" s="3"/>
       <c r="DI11" s="3"/>
       <c r="DJ11" s="3"/>
       <c r="DK11" s="3"/>
       <c r="DL11" s="3"/>
       <c r="DM11" s="3"/>
       <c r="DN11" s="3"/>
-      <c r="DO11" s="3"/>
-[...17 lines deleted...]
-      <c r="EG11" s="3"/>
     </row>
-    <row r="12" spans="1:137">
+    <row r="12" spans="1:118">
       <c r="A12" t="s">
-        <v>138</v>
+        <v>119</v>
       </c>
       <c r="B12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="C12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="D12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="E12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="F12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="G12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="H12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="I12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="J12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="K12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="L12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="M12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="N12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="O12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="P12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="Q12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="R12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="S12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="T12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="U12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="V12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="W12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="X12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="Y12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="Z12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="AA12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="AB12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="AC12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="AD12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="AE12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="AF12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="AG12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="AH12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="AI12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="AJ12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="AK12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="AL12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="AM12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="AN12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="AO12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="AP12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="AQ12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="AR12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="AS12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="AT12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="AU12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="AV12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="AW12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="AX12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="AY12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="AZ12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="BA12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="BB12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="BC12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="BD12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="BE12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="BF12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="BG12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="BH12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="BI12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="BJ12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="BK12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="BL12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="BM12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="BN12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="BO12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="BP12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="BQ12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="BR12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="BS12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="BT12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="BU12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="BV12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="BW12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="BX12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="BY12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="BZ12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="CA12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="CB12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="CC12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="CD12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="CE12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="CF12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="CG12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="CH12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="CI12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="CJ12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="CK12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="CL12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="CM12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="CN12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="CO12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="CP12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="CQ12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="CR12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="CS12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="CT12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="CU12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="CV12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="CW12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="CX12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="CY12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="CZ12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="DA12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="DB12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="DC12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="DD12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="DE12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="DF12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="DG12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="DH12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="DI12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="DJ12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="DK12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="DL12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="DM12" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="DN12" t="s">
-        <v>145</v>
-[...56 lines deleted...]
-        <v>145</v>
+        <v>126</v>
       </c>
     </row>
-    <row r="13" spans="1:137">
+    <row r="13" spans="1:118">
       <c r="A13" s="3" t="s">
-        <v>146</v>
+        <v>127</v>
       </c>
       <c r="B13" s="3"/>
       <c r="C13" s="3"/>
       <c r="D13" s="3"/>
       <c r="E13" s="3"/>
       <c r="F13" s="3"/>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
       <c r="J13" s="3"/>
       <c r="K13" s="3"/>
       <c r="L13" s="3"/>
       <c r="M13" s="3"/>
       <c r="N13" s="3"/>
       <c r="O13" s="3"/>
       <c r="P13" s="3"/>
       <c r="Q13" s="3"/>
       <c r="R13" s="3"/>
       <c r="S13" s="3"/>
       <c r="T13" s="3"/>
       <c r="U13" s="3"/>
       <c r="V13" s="3"/>
       <c r="W13" s="3"/>
       <c r="X13" s="3"/>
       <c r="Y13" s="3"/>
@@ -4166,486 +3672,410 @@
       <c r="CP13" s="3"/>
       <c r="CQ13" s="3"/>
       <c r="CR13" s="3"/>
       <c r="CS13" s="3"/>
       <c r="CT13" s="3"/>
       <c r="CU13" s="3"/>
       <c r="CV13" s="3"/>
       <c r="CW13" s="3"/>
       <c r="CX13" s="3"/>
       <c r="CY13" s="3"/>
       <c r="CZ13" s="3"/>
       <c r="DA13" s="3"/>
       <c r="DB13" s="3"/>
       <c r="DC13" s="3"/>
       <c r="DD13" s="3"/>
       <c r="DE13" s="3"/>
       <c r="DF13" s="3"/>
       <c r="DG13" s="3"/>
       <c r="DH13" s="3"/>
       <c r="DI13" s="3"/>
       <c r="DJ13" s="3"/>
       <c r="DK13" s="3"/>
       <c r="DL13" s="3"/>
       <c r="DM13" s="3"/>
       <c r="DN13" s="3"/>
-      <c r="DO13" s="3"/>
-[...17 lines deleted...]
-      <c r="EG13" s="3"/>
     </row>
-    <row r="14" spans="1:137">
+    <row r="14" spans="1:118">
       <c r="A14" t="s">
-        <v>138</v>
+        <v>119</v>
       </c>
       <c r="B14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="C14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="D14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="E14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="F14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="G14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="H14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="I14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="J14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="K14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="L14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="M14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="N14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="O14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="P14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="Q14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="R14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="S14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="T14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="U14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="V14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="W14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="X14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="Y14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="Z14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AA14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AB14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AC14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AD14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AE14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AF14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AG14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AH14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AI14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AJ14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AK14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AL14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AM14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AN14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AO14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AP14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AQ14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AR14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AS14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AT14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AU14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AV14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AW14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AX14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AY14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="AZ14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BA14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BB14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BC14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BD14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BE14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BF14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BG14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BH14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BI14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BJ14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BK14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BL14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BM14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BN14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BO14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BP14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BQ14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BR14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BS14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BT14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BU14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BV14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BW14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BX14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BY14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="BZ14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CA14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CB14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CC14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CD14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CE14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CF14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CG14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CH14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CI14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CJ14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CK14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CL14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CM14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CN14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CO14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CP14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CQ14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CR14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CS14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CT14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CU14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CV14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CW14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CX14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CY14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="CZ14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="DA14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="DB14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="DC14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="DD14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="DE14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="DF14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="DG14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="DH14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="DI14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="DJ14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="DK14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="DL14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="DM14" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="DN14" t="s">
-        <v>139</v>
-[...56 lines deleted...]
-        <v>139</v>
+        <v>120</v>
       </c>
     </row>
-    <row r="15" spans="1:137">
+    <row r="15" spans="1:118">
       <c r="A15" s="3" t="s">
-        <v>147</v>
+        <v>128</v>
       </c>
       <c r="B15" s="3"/>
       <c r="C15" s="3"/>
       <c r="D15" s="3"/>
       <c r="E15" s="3"/>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3"/>
       <c r="K15" s="3"/>
       <c r="L15" s="3"/>
       <c r="M15" s="3"/>
       <c r="N15" s="3"/>
       <c r="O15" s="3"/>
       <c r="P15" s="3"/>
       <c r="Q15" s="3"/>
       <c r="R15" s="3"/>
       <c r="S15" s="3"/>
       <c r="T15" s="3"/>
       <c r="U15" s="3"/>
       <c r="V15" s="3"/>
       <c r="W15" s="3"/>
       <c r="X15" s="3"/>
       <c r="Y15" s="3"/>
@@ -4720,486 +4150,410 @@
       <c r="CP15" s="3"/>
       <c r="CQ15" s="3"/>
       <c r="CR15" s="3"/>
       <c r="CS15" s="3"/>
       <c r="CT15" s="3"/>
       <c r="CU15" s="3"/>
       <c r="CV15" s="3"/>
       <c r="CW15" s="3"/>
       <c r="CX15" s="3"/>
       <c r="CY15" s="3"/>
       <c r="CZ15" s="3"/>
       <c r="DA15" s="3"/>
       <c r="DB15" s="3"/>
       <c r="DC15" s="3"/>
       <c r="DD15" s="3"/>
       <c r="DE15" s="3"/>
       <c r="DF15" s="3"/>
       <c r="DG15" s="3"/>
       <c r="DH15" s="3"/>
       <c r="DI15" s="3"/>
       <c r="DJ15" s="3"/>
       <c r="DK15" s="3"/>
       <c r="DL15" s="3"/>
       <c r="DM15" s="3"/>
       <c r="DN15" s="3"/>
-      <c r="DO15" s="3"/>
-[...17 lines deleted...]
-      <c r="EG15" s="3"/>
     </row>
-    <row r="16" spans="1:137">
+    <row r="16" spans="1:118">
       <c r="A16" t="s">
-        <v>138</v>
+        <v>119</v>
       </c>
       <c r="B16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="C16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="D16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="E16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="F16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="G16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="H16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="I16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="J16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="K16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="L16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="M16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="N16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="O16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="P16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="Q16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="R16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="S16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="T16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="U16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="V16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="W16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="X16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="Y16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="Z16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="AA16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="AB16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="AC16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="AD16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="AE16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="AF16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="AG16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="AH16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="AI16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="AJ16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="AK16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="AL16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="AM16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="AN16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="AO16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="AP16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="AQ16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="AR16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="AS16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="AT16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="AU16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="AV16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="AW16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="AX16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="AY16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="AZ16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="BA16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="BB16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="BC16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="BD16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="BE16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="BF16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="BG16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="BH16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="BI16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="BJ16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="BK16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="BL16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="BM16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="BN16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="BO16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="BP16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="BQ16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="BR16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="BS16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="BT16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="BU16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="BV16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="BW16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="BX16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="BY16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="BZ16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="CA16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="CB16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="CC16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="CD16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="CE16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="CF16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="CG16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="CH16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="CI16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="CJ16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="CK16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="CL16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="CM16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="CN16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="CO16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="CP16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="CQ16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="CR16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="CS16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="CT16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="CU16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="CV16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="CW16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="CX16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="CY16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="CZ16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="DA16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="DB16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="DC16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="DD16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="DE16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="DF16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="DG16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="DH16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="DI16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="DJ16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="DK16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="DL16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="DM16" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="DN16" t="s">
-        <v>148</v>
-[...56 lines deleted...]
-        <v>148</v>
+        <v>129</v>
       </c>
     </row>
-    <row r="18" spans="1:137">
+    <row r="18" spans="1:118">
       <c r="A18" s="1" t="s">
-        <v>149</v>
+        <v>130</v>
       </c>
       <c r="B18" s="1"/>
       <c r="C18" s="1"/>
       <c r="D18" s="1"/>
       <c r="E18" s="1"/>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
       <c r="X18" s="1"/>
       <c r="Y18" s="1"/>
@@ -5274,79 +4628,60 @@
       <c r="CP18" s="1"/>
       <c r="CQ18" s="1"/>
       <c r="CR18" s="1"/>
       <c r="CS18" s="1"/>
       <c r="CT18" s="1"/>
       <c r="CU18" s="1"/>
       <c r="CV18" s="1"/>
       <c r="CW18" s="1"/>
       <c r="CX18" s="1"/>
       <c r="CY18" s="1"/>
       <c r="CZ18" s="1"/>
       <c r="DA18" s="1"/>
       <c r="DB18" s="1"/>
       <c r="DC18" s="1"/>
       <c r="DD18" s="1"/>
       <c r="DE18" s="1"/>
       <c r="DF18" s="1"/>
       <c r="DG18" s="1"/>
       <c r="DH18" s="1"/>
       <c r="DI18" s="1"/>
       <c r="DJ18" s="1"/>
       <c r="DK18" s="1"/>
       <c r="DL18" s="1"/>
       <c r="DM18" s="1"/>
       <c r="DN18" s="1"/>
-      <c r="DO18" s="1"/>
-[...17 lines deleted...]
-      <c r="EG18" s="1"/>
     </row>
-    <row r="19" spans="1:137">
+    <row r="19" spans="1:118">
       <c r="A19" t="s">
-        <v>150</v>
+        <v>131</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A19:EG19"/>
+    <mergeCell ref="A19:DN19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>