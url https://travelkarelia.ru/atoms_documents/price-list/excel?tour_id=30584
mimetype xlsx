--- v0 (2026-01-19)
+++ v1 (2026-03-07)
@@ -44,51 +44,51 @@
   <si>
     <t>15.07.2026</t>
   </si>
   <si>
     <t>24.07.2026</t>
   </si>
   <si>
     <t>15.08.2026</t>
   </si>
   <si>
     <t>"Эко" / "Атлантик", отель 3* в Петрозаводске, "Гандвик", "Соловецкая слобода" / "Соло Норд" на Соловках</t>
   </si>
   <si>
     <t>2-местный "Стандарт"</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
     <t>177700 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 19.01.2026 18:17, и может быть изменена в любое время без оповещения. Не является публичной офертой. Актуальная информация всегда представлена на странице: https://travelkarelia.ru/mnogodnevnye-tury/30584-kareliya-za-10-dnej-grand-tur</t>
+    <t>Информация актуальная на дату получения прайс-листа 07.03.2026 13:45, и может быть изменена в любое время без оповещения. Не является публичной офертой. Актуальная информация всегда представлена на странице: https://travelkarelia.ru/mnogodnevnye-tury/30584-kareliya-za-10-dnej-grand-tur</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>