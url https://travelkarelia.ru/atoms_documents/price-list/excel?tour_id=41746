--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -12,386 +12,230 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="41746-tur-4-dnya-solovki-..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
-[...13 lines deleted...]
-    <t>08.06.2026</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+  <si>
+    <t>04.06.2026</t>
   </si>
   <si>
     <t>09.06.2026</t>
   </si>
   <si>
-    <t>10.06.2026</t>
-[...5 lines deleted...]
-    <t>15.06.2026</t>
+    <t>11.06.2026</t>
   </si>
   <si>
     <t>16.06.2026</t>
   </si>
   <si>
-    <t>17.06.2026</t>
-[...5 lines deleted...]
-    <t>22.06.2026</t>
+    <t>18.06.2026</t>
   </si>
   <si>
     <t>23.06.2026</t>
   </si>
   <si>
-    <t>24.06.2026</t>
-[...5 lines deleted...]
-    <t>29.06.2026</t>
+    <t>25.06.2026</t>
   </si>
   <si>
     <t>30.06.2026</t>
   </si>
   <si>
-    <t>01.07.2026</t>
-[...5 lines deleted...]
-    <t>06.07.2026</t>
+    <t>02.07.2026</t>
   </si>
   <si>
     <t>07.07.2026</t>
   </si>
   <si>
-    <t>08.07.2026</t>
-[...5 lines deleted...]
-    <t>13.07.2026</t>
+    <t>09.07.2026</t>
   </si>
   <si>
     <t>14.07.2026</t>
   </si>
   <si>
-    <t>15.07.2026</t>
-[...5 lines deleted...]
-    <t>20.07.2026</t>
+    <t>16.07.2026</t>
   </si>
   <si>
     <t>21.07.2026</t>
   </si>
   <si>
-    <t>22.07.2026</t>
-[...5 lines deleted...]
-    <t>27.07.2026</t>
+    <t>23.07.2026</t>
   </si>
   <si>
     <t>28.07.2026</t>
   </si>
   <si>
-    <t>29.07.2026</t>
-[...5 lines deleted...]
-    <t>03.08.2026</t>
+    <t>30.07.2026</t>
   </si>
   <si>
     <t>04.08.2026</t>
   </si>
   <si>
-    <t>05.08.2026</t>
-[...5 lines deleted...]
-    <t>10.08.2026</t>
+    <t>06.08.2026</t>
   </si>
   <si>
     <t>11.08.2026</t>
   </si>
   <si>
-    <t>12.08.2026</t>
-[...5 lines deleted...]
-    <t>17.08.2026</t>
+    <t>13.08.2026</t>
   </si>
   <si>
     <t>18.08.2026</t>
   </si>
   <si>
-    <t>19.08.2026</t>
-[...5 lines deleted...]
-    <t>24.08.2026</t>
+    <t>20.08.2026</t>
   </si>
   <si>
     <t>25.08.2026</t>
   </si>
   <si>
-    <t>26.08.2026</t>
-[...59 lines deleted...]
-    <t>30.09.2026</t>
+    <t>27.08.2026</t>
   </si>
   <si>
     <t>"Соло Норд"</t>
   </si>
   <si>
-    <t>Одноместный стандарт</t>
+    <t>1 - местное размещение</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
-    <t>55900 RUB</t>
-[...8 lines deleted...]
-    <t>Одноместное размещение</t>
+    <t>48300 RUB</t>
+  </si>
+  <si>
+    <t>2 - местный номер</t>
+  </si>
+  <si>
+    <t>38500 RUB</t>
   </si>
   <si>
     <t>Ребёнок 0—10 лет на основном месте</t>
   </si>
   <si>
-    <t>42700 RUB</t>
+    <t>36500 RUB</t>
   </si>
   <si>
     <t>Соловки - Отель</t>
   </si>
   <si>
-    <t>71900 RUB</t>
-[...2 lines deleted...]
-    <t>52300 RUB</t>
+    <t>65100 RUB</t>
+  </si>
+  <si>
+    <t>51100 RUB</t>
   </si>
   <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
-    <t>39100 RUB</t>
-[...2 lines deleted...]
-    <t>50300 RUB</t>
+    <t>31500 RUB</t>
+  </si>
+  <si>
+    <t>49100 RUB</t>
   </si>
   <si>
     <t>Ребёнок 0—10 лет на дополнительном месте</t>
   </si>
   <si>
-    <t>37100 RUB</t>
-[...10 lines deleted...]
-  <si>
     <t>Соловецкая слобода</t>
   </si>
   <si>
-    <t>67300 RUB</t>
-[...8 lines deleted...]
-    <t>47900 RUB</t>
+    <t>62300 RUB</t>
+  </si>
+  <si>
+    <t>45500 RUB</t>
+  </si>
+  <si>
+    <t>43500 RUB</t>
   </si>
   <si>
     <t>Дополнительные услуги</t>
   </si>
   <si>
     <t>«История Соловецкого лагеря особого назначения. 1923-1939 гг.»</t>
   </si>
   <si>
     <t>800 RUB</t>
   </si>
   <si>
     <t>Морская прогулка на остров Малая Муксалма</t>
   </si>
   <si>
     <t>5200 RUB</t>
   </si>
   <si>
     <t>К строгим скитам острова Анзер</t>
   </si>
   <si>
     <t>Морская прогулка "Мыс Белужий"</t>
   </si>
   <si>
     <t>4100 RUB</t>
   </si>
   <si>
     <t>Морская прогулка "Мыс Белужий" дети до 10 лет</t>
   </si>
   <si>
     <t>2900 RUB</t>
   </si>
   <si>
     <t>Достопримечательности Большого Заяцкого острова</t>
   </si>
   <si>
     <t>1500 RUB</t>
   </si>
   <si>
     <t>Долгая губа</t>
   </si>
   <si>
     <t>Долгая губа дети до 10 лет</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 07.12.2025 16:51, и может быть изменена в любое время без оповещения. Не является публичной офертой. Актуальная информация всегда представлена на странице: https://travelkarelia.ru/solovki/41746-tur-4-dnya-solovki-iz-moskvy-na-ostrove-3-dnya</t>
+    <t>Информация актуальная на дату получения прайс-листа 04.02.2026 06:51, и может быть изменена в любое время без оповещения. Не является публичной офертой. Актуальная информация всегда представлена на странице: https://travelkarelia.ru/solovki/41746-tur-4-dnya-solovki-iz-moskvy-na-ostrove-3-dnya</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -733,133 +577,87 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:BT42"/>
+  <dimension ref="A1:Z38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A41" sqref="A41:BT41"/>
+      <selection activeCell="A37" sqref="A37:Z37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="74.267578" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...44 lines deleted...]
-    <col min="72" max="72" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:72">
+    <row r="1" spans="1:26">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
@@ -892,4884 +690,1578 @@
       </c>
       <c r="S1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="X1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="Y1" s="1" t="s">
         <v>23</v>
       </c>
       <c r="Z1" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="AA1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:26">
+      <c r="A2" s="2" t="s">
         <v>25</v>
-      </c>
-[...138 lines deleted...]
-        <v>71</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
       <c r="Z2" s="2"/>
-      <c r="AA2" s="2"/>
-[...46 lines deleted...]
-    <row r="3" spans="1:72">
+    </row>
+    <row r="3" spans="1:26">
       <c r="A3" s="3" t="s">
-        <v>72</v>
+        <v>26</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
       <c r="Z3" s="3"/>
-      <c r="AA3" s="3"/>
-[...46 lines deleted...]
-    <row r="4" spans="1:72">
+    </row>
+    <row r="4" spans="1:26">
       <c r="A4" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="B4" t="s">
-        <v>74</v>
+        <v>28</v>
       </c>
       <c r="C4" t="s">
-        <v>74</v>
+        <v>28</v>
       </c>
       <c r="D4" t="s">
-        <v>74</v>
+        <v>28</v>
       </c>
       <c r="E4" t="s">
-        <v>74</v>
+        <v>28</v>
       </c>
       <c r="F4" t="s">
-        <v>74</v>
+        <v>28</v>
       </c>
       <c r="G4" t="s">
-        <v>74</v>
+        <v>28</v>
       </c>
       <c r="H4" t="s">
-        <v>74</v>
+        <v>28</v>
       </c>
       <c r="I4" t="s">
-        <v>74</v>
+        <v>28</v>
       </c>
       <c r="J4" t="s">
-        <v>74</v>
+        <v>28</v>
       </c>
       <c r="K4" t="s">
-        <v>74</v>
+        <v>28</v>
       </c>
       <c r="L4" t="s">
-        <v>74</v>
+        <v>28</v>
       </c>
       <c r="M4" t="s">
-        <v>74</v>
+        <v>28</v>
       </c>
       <c r="N4" t="s">
-        <v>74</v>
+        <v>28</v>
       </c>
       <c r="O4" t="s">
-        <v>74</v>
+        <v>28</v>
       </c>
       <c r="P4" t="s">
-        <v>74</v>
+        <v>28</v>
       </c>
       <c r="Q4" t="s">
-        <v>74</v>
+        <v>28</v>
       </c>
       <c r="R4" t="s">
-        <v>74</v>
+        <v>28</v>
       </c>
       <c r="S4" t="s">
-        <v>74</v>
+        <v>28</v>
       </c>
       <c r="T4" t="s">
-        <v>74</v>
+        <v>28</v>
       </c>
       <c r="U4" t="s">
-        <v>74</v>
+        <v>28</v>
       </c>
       <c r="V4" t="s">
-        <v>74</v>
+        <v>28</v>
       </c>
       <c r="W4" t="s">
-        <v>74</v>
+        <v>28</v>
       </c>
       <c r="X4" t="s">
-        <v>74</v>
+        <v>28</v>
       </c>
       <c r="Y4" t="s">
-        <v>74</v>
+        <v>28</v>
       </c>
       <c r="Z4" t="s">
-        <v>74</v>
-[...140 lines deleted...]
-    <row r="5" spans="1:72">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26">
       <c r="A5" s="3" t="s">
-        <v>75</v>
+        <v>29</v>
       </c>
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
       <c r="N5" s="3"/>
       <c r="O5" s="3"/>
       <c r="P5" s="3"/>
       <c r="Q5" s="3"/>
       <c r="R5" s="3"/>
       <c r="S5" s="3"/>
       <c r="T5" s="3"/>
       <c r="U5" s="3"/>
       <c r="V5" s="3"/>
       <c r="W5" s="3"/>
       <c r="X5" s="3"/>
       <c r="Y5" s="3"/>
       <c r="Z5" s="3"/>
-      <c r="AA5" s="3"/>
-[...46 lines deleted...]
-    <row r="6" spans="1:72">
+    </row>
+    <row r="6" spans="1:26">
       <c r="A6" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="B6" t="s">
-        <v>76</v>
+        <v>30</v>
       </c>
       <c r="C6" t="s">
-        <v>76</v>
+        <v>30</v>
       </c>
       <c r="D6" t="s">
-        <v>76</v>
+        <v>30</v>
       </c>
       <c r="E6" t="s">
-        <v>76</v>
+        <v>30</v>
       </c>
       <c r="F6" t="s">
-        <v>76</v>
+        <v>30</v>
       </c>
       <c r="G6" t="s">
-        <v>76</v>
+        <v>30</v>
       </c>
       <c r="H6" t="s">
-        <v>76</v>
+        <v>30</v>
       </c>
       <c r="I6" t="s">
-        <v>76</v>
+        <v>30</v>
       </c>
       <c r="J6" t="s">
-        <v>76</v>
+        <v>30</v>
       </c>
       <c r="K6" t="s">
-        <v>76</v>
+        <v>30</v>
       </c>
       <c r="L6" t="s">
-        <v>76</v>
+        <v>30</v>
       </c>
       <c r="M6" t="s">
-        <v>76</v>
+        <v>30</v>
       </c>
       <c r="N6" t="s">
-        <v>76</v>
+        <v>30</v>
       </c>
       <c r="O6" t="s">
-        <v>76</v>
+        <v>30</v>
       </c>
       <c r="P6" t="s">
-        <v>76</v>
+        <v>30</v>
       </c>
       <c r="Q6" t="s">
-        <v>76</v>
+        <v>30</v>
       </c>
       <c r="R6" t="s">
-        <v>76</v>
+        <v>30</v>
       </c>
       <c r="S6" t="s">
-        <v>76</v>
+        <v>30</v>
       </c>
       <c r="T6" t="s">
-        <v>76</v>
+        <v>30</v>
       </c>
       <c r="U6" t="s">
-        <v>76</v>
+        <v>30</v>
       </c>
       <c r="V6" t="s">
-        <v>76</v>
+        <v>30</v>
       </c>
       <c r="W6" t="s">
-        <v>76</v>
+        <v>30</v>
       </c>
       <c r="X6" t="s">
-        <v>76</v>
+        <v>30</v>
       </c>
       <c r="Y6" t="s">
-        <v>76</v>
+        <v>30</v>
       </c>
       <c r="Z6" t="s">
-        <v>76</v>
-[...140 lines deleted...]
-    <row r="7" spans="1:72">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="7" spans="1:26">
       <c r="A7" t="s">
-        <v>77</v>
+        <v>31</v>
       </c>
       <c r="B7" t="s">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="C7" t="s">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="D7" t="s">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="E7" t="s">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="F7" t="s">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="G7" t="s">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="H7" t="s">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="I7" t="s">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="J7" t="s">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="K7" t="s">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="L7" t="s">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="M7" t="s">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="N7" t="s">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="O7" t="s">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="P7" t="s">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="Q7" t="s">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="R7" t="s">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="S7" t="s">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="T7" t="s">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="U7" t="s">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="V7" t="s">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="W7" t="s">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="X7" t="s">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="Y7" t="s">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="Z7" t="s">
-        <v>74</v>
-[...878 lines deleted...]
-    <row r="14" spans="1:72">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="8" spans="1:26">
+      <c r="A8" s="4"/>
+      <c r="B8" s="4"/>
+      <c r="C8" s="4"/>
+      <c r="D8" s="4"/>
+      <c r="E8" s="4"/>
+      <c r="F8" s="4"/>
+      <c r="G8" s="4"/>
+      <c r="H8" s="4"/>
+      <c r="I8" s="4"/>
+      <c r="J8" s="4"/>
+      <c r="K8" s="4"/>
+      <c r="L8" s="4"/>
+      <c r="M8" s="4"/>
+      <c r="N8" s="4"/>
+      <c r="O8" s="4"/>
+      <c r="P8" s="4"/>
+      <c r="Q8" s="4"/>
+      <c r="R8" s="4"/>
+      <c r="S8" s="4"/>
+      <c r="T8" s="4"/>
+      <c r="U8" s="4"/>
+      <c r="V8" s="4"/>
+      <c r="W8" s="4"/>
+      <c r="X8" s="4"/>
+      <c r="Y8" s="4"/>
+      <c r="Z8" s="4"/>
+    </row>
+    <row r="9" spans="1:26">
+      <c r="A9" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B9" s="2"/>
+      <c r="C9" s="2"/>
+      <c r="D9" s="2"/>
+      <c r="E9" s="2"/>
+      <c r="F9" s="2"/>
+      <c r="G9" s="2"/>
+      <c r="H9" s="2"/>
+      <c r="I9" s="2"/>
+      <c r="J9" s="2"/>
+      <c r="K9" s="2"/>
+      <c r="L9" s="2"/>
+      <c r="M9" s="2"/>
+      <c r="N9" s="2"/>
+      <c r="O9" s="2"/>
+      <c r="P9" s="2"/>
+      <c r="Q9" s="2"/>
+      <c r="R9" s="2"/>
+      <c r="S9" s="2"/>
+      <c r="T9" s="2"/>
+      <c r="U9" s="2"/>
+      <c r="V9" s="2"/>
+      <c r="W9" s="2"/>
+      <c r="X9" s="2"/>
+      <c r="Y9" s="2"/>
+      <c r="Z9" s="2"/>
+    </row>
+    <row r="10" spans="1:26">
+      <c r="A10" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" s="3"/>
+      <c r="C10" s="3"/>
+      <c r="D10" s="3"/>
+      <c r="E10" s="3"/>
+      <c r="F10" s="3"/>
+      <c r="G10" s="3"/>
+      <c r="H10" s="3"/>
+      <c r="I10" s="3"/>
+      <c r="J10" s="3"/>
+      <c r="K10" s="3"/>
+      <c r="L10" s="3"/>
+      <c r="M10" s="3"/>
+      <c r="N10" s="3"/>
+      <c r="O10" s="3"/>
+      <c r="P10" s="3"/>
+      <c r="Q10" s="3"/>
+      <c r="R10" s="3"/>
+      <c r="S10" s="3"/>
+      <c r="T10" s="3"/>
+      <c r="U10" s="3"/>
+      <c r="V10" s="3"/>
+      <c r="W10" s="3"/>
+      <c r="X10" s="3"/>
+      <c r="Y10" s="3"/>
+      <c r="Z10" s="3"/>
+    </row>
+    <row r="11" spans="1:26">
+      <c r="A11" t="s">
+        <v>27</v>
+      </c>
+      <c r="B11" t="s">
+        <v>34</v>
+      </c>
+      <c r="C11" t="s">
+        <v>34</v>
+      </c>
+      <c r="D11" t="s">
+        <v>34</v>
+      </c>
+      <c r="E11" t="s">
+        <v>34</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>34</v>
+      </c>
+      <c r="H11" t="s">
+        <v>34</v>
+      </c>
+      <c r="I11" t="s">
+        <v>34</v>
+      </c>
+      <c r="J11" t="s">
+        <v>34</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>34</v>
+      </c>
+      <c r="M11" t="s">
+        <v>34</v>
+      </c>
+      <c r="N11" t="s">
+        <v>34</v>
+      </c>
+      <c r="O11" t="s">
+        <v>34</v>
+      </c>
+      <c r="P11" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>34</v>
+      </c>
+      <c r="R11" t="s">
+        <v>34</v>
+      </c>
+      <c r="S11" t="s">
+        <v>34</v>
+      </c>
+      <c r="T11" t="s">
+        <v>34</v>
+      </c>
+      <c r="U11" t="s">
+        <v>34</v>
+      </c>
+      <c r="V11" t="s">
+        <v>34</v>
+      </c>
+      <c r="W11" t="s">
+        <v>34</v>
+      </c>
+      <c r="X11" t="s">
+        <v>34</v>
+      </c>
+      <c r="Y11" t="s">
+        <v>34</v>
+      </c>
+      <c r="Z11" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="12" spans="1:26">
+      <c r="A12" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" s="3"/>
+      <c r="C12" s="3"/>
+      <c r="D12" s="3"/>
+      <c r="E12" s="3"/>
+      <c r="F12" s="3"/>
+      <c r="G12" s="3"/>
+      <c r="H12" s="3"/>
+      <c r="I12" s="3"/>
+      <c r="J12" s="3"/>
+      <c r="K12" s="3"/>
+      <c r="L12" s="3"/>
+      <c r="M12" s="3"/>
+      <c r="N12" s="3"/>
+      <c r="O12" s="3"/>
+      <c r="P12" s="3"/>
+      <c r="Q12" s="3"/>
+      <c r="R12" s="3"/>
+      <c r="S12" s="3"/>
+      <c r="T12" s="3"/>
+      <c r="U12" s="3"/>
+      <c r="V12" s="3"/>
+      <c r="W12" s="3"/>
+      <c r="X12" s="3"/>
+      <c r="Y12" s="3"/>
+      <c r="Z12" s="3"/>
+    </row>
+    <row r="13" spans="1:26">
+      <c r="A13" t="s">
+        <v>27</v>
+      </c>
+      <c r="B13" t="s">
+        <v>35</v>
+      </c>
+      <c r="C13" t="s">
+        <v>35</v>
+      </c>
+      <c r="D13" t="s">
+        <v>35</v>
+      </c>
+      <c r="E13" t="s">
+        <v>35</v>
+      </c>
+      <c r="F13" t="s">
+        <v>35</v>
+      </c>
+      <c r="G13" t="s">
+        <v>35</v>
+      </c>
+      <c r="H13" t="s">
+        <v>35</v>
+      </c>
+      <c r="I13" t="s">
+        <v>35</v>
+      </c>
+      <c r="J13" t="s">
+        <v>35</v>
+      </c>
+      <c r="K13" t="s">
+        <v>35</v>
+      </c>
+      <c r="L13" t="s">
+        <v>35</v>
+      </c>
+      <c r="M13" t="s">
+        <v>35</v>
+      </c>
+      <c r="N13" t="s">
+        <v>35</v>
+      </c>
+      <c r="O13" t="s">
+        <v>35</v>
+      </c>
+      <c r="P13" t="s">
+        <v>35</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>35</v>
+      </c>
+      <c r="R13" t="s">
+        <v>35</v>
+      </c>
+      <c r="S13" t="s">
+        <v>35</v>
+      </c>
+      <c r="T13" t="s">
+        <v>35</v>
+      </c>
+      <c r="U13" t="s">
+        <v>35</v>
+      </c>
+      <c r="V13" t="s">
+        <v>35</v>
+      </c>
+      <c r="W13" t="s">
+        <v>35</v>
+      </c>
+      <c r="X13" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y13" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z13" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="14" spans="1:26">
       <c r="A14" t="s">
-        <v>73</v>
+        <v>36</v>
       </c>
       <c r="B14" t="s">
-        <v>82</v>
+        <v>37</v>
       </c>
       <c r="C14" t="s">
-        <v>82</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>82</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>82</v>
+        <v>37</v>
       </c>
       <c r="F14" t="s">
-        <v>82</v>
+        <v>37</v>
       </c>
       <c r="G14" t="s">
-        <v>82</v>
+        <v>37</v>
       </c>
       <c r="H14" t="s">
-        <v>82</v>
+        <v>37</v>
       </c>
       <c r="I14" t="s">
-        <v>82</v>
+        <v>37</v>
       </c>
       <c r="J14" t="s">
-        <v>82</v>
+        <v>37</v>
       </c>
       <c r="K14" t="s">
-        <v>82</v>
+        <v>37</v>
       </c>
       <c r="L14" t="s">
-        <v>82</v>
+        <v>37</v>
       </c>
       <c r="M14" t="s">
-        <v>82</v>
+        <v>37</v>
       </c>
       <c r="N14" t="s">
-        <v>82</v>
+        <v>37</v>
       </c>
       <c r="O14" t="s">
-        <v>82</v>
+        <v>37</v>
       </c>
       <c r="P14" t="s">
-        <v>82</v>
+        <v>37</v>
       </c>
       <c r="Q14" t="s">
-        <v>82</v>
+        <v>37</v>
       </c>
       <c r="R14" t="s">
-        <v>82</v>
+        <v>37</v>
       </c>
       <c r="S14" t="s">
-        <v>82</v>
+        <v>37</v>
       </c>
       <c r="T14" t="s">
-        <v>82</v>
+        <v>37</v>
       </c>
       <c r="U14" t="s">
-        <v>82</v>
+        <v>37</v>
       </c>
       <c r="V14" t="s">
-        <v>82</v>
+        <v>37</v>
       </c>
       <c r="W14" t="s">
-        <v>82</v>
+        <v>37</v>
       </c>
       <c r="X14" t="s">
-        <v>82</v>
+        <v>37</v>
       </c>
       <c r="Y14" t="s">
-        <v>82</v>
+        <v>37</v>
       </c>
       <c r="Z14" t="s">
-        <v>82</v>
-[...140 lines deleted...]
-    <row r="15" spans="1:72">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="15" spans="1:26">
       <c r="A15" t="s">
-        <v>83</v>
+        <v>31</v>
       </c>
       <c r="B15" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
       <c r="C15" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
       <c r="F15" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
       <c r="G15" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
       <c r="H15" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
       <c r="I15" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
       <c r="J15" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
       <c r="K15" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
       <c r="L15" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
       <c r="M15" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
       <c r="N15" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
       <c r="O15" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
       <c r="P15" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
       <c r="Q15" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
       <c r="R15" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
       <c r="S15" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
       <c r="T15" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
       <c r="U15" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
       <c r="V15" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
       <c r="W15" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
       <c r="X15" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
       <c r="Y15" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
       <c r="Z15" t="s">
-        <v>84</v>
-[...140 lines deleted...]
-    <row r="16" spans="1:72">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="16" spans="1:26">
       <c r="A16" t="s">
-        <v>78</v>
+        <v>39</v>
       </c>
       <c r="B16" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
       <c r="C16" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
       <c r="E16" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
       <c r="F16" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
       <c r="G16" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
       <c r="H16" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
       <c r="I16" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
       <c r="J16" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
       <c r="K16" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
       <c r="L16" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
       <c r="M16" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
       <c r="N16" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
       <c r="O16" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
       <c r="P16" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
       <c r="Q16" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
       <c r="R16" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
       <c r="S16" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
       <c r="T16" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
       <c r="U16" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
       <c r="V16" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
       <c r="W16" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
       <c r="X16" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
       <c r="Y16" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
       <c r="Z16" t="s">
-        <v>85</v>
-[...652 lines deleted...]
-    <row r="20" spans="1:72">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="17" spans="1:26">
+      <c r="A17" s="4"/>
+      <c r="B17" s="4"/>
+      <c r="C17" s="4"/>
+      <c r="D17" s="4"/>
+      <c r="E17" s="4"/>
+      <c r="F17" s="4"/>
+      <c r="G17" s="4"/>
+      <c r="H17" s="4"/>
+      <c r="I17" s="4"/>
+      <c r="J17" s="4"/>
+      <c r="K17" s="4"/>
+      <c r="L17" s="4"/>
+      <c r="M17" s="4"/>
+      <c r="N17" s="4"/>
+      <c r="O17" s="4"/>
+      <c r="P17" s="4"/>
+      <c r="Q17" s="4"/>
+      <c r="R17" s="4"/>
+      <c r="S17" s="4"/>
+      <c r="T17" s="4"/>
+      <c r="U17" s="4"/>
+      <c r="V17" s="4"/>
+      <c r="W17" s="4"/>
+      <c r="X17" s="4"/>
+      <c r="Y17" s="4"/>
+      <c r="Z17" s="4"/>
+    </row>
+    <row r="18" spans="1:26">
+      <c r="A18" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B18" s="2"/>
+      <c r="C18" s="2"/>
+      <c r="D18" s="2"/>
+      <c r="E18" s="2"/>
+      <c r="F18" s="2"/>
+      <c r="G18" s="2"/>
+      <c r="H18" s="2"/>
+      <c r="I18" s="2"/>
+      <c r="J18" s="2"/>
+      <c r="K18" s="2"/>
+      <c r="L18" s="2"/>
+      <c r="M18" s="2"/>
+      <c r="N18" s="2"/>
+      <c r="O18" s="2"/>
+      <c r="P18" s="2"/>
+      <c r="Q18" s="2"/>
+      <c r="R18" s="2"/>
+      <c r="S18" s="2"/>
+      <c r="T18" s="2"/>
+      <c r="U18" s="2"/>
+      <c r="V18" s="2"/>
+      <c r="W18" s="2"/>
+      <c r="X18" s="2"/>
+      <c r="Y18" s="2"/>
+      <c r="Z18" s="2"/>
+    </row>
+    <row r="19" spans="1:26">
+      <c r="A19" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B19" s="3"/>
+      <c r="C19" s="3"/>
+      <c r="D19" s="3"/>
+      <c r="E19" s="3"/>
+      <c r="F19" s="3"/>
+      <c r="G19" s="3"/>
+      <c r="H19" s="3"/>
+      <c r="I19" s="3"/>
+      <c r="J19" s="3"/>
+      <c r="K19" s="3"/>
+      <c r="L19" s="3"/>
+      <c r="M19" s="3"/>
+      <c r="N19" s="3"/>
+      <c r="O19" s="3"/>
+      <c r="P19" s="3"/>
+      <c r="Q19" s="3"/>
+      <c r="R19" s="3"/>
+      <c r="S19" s="3"/>
+      <c r="T19" s="3"/>
+      <c r="U19" s="3"/>
+      <c r="V19" s="3"/>
+      <c r="W19" s="3"/>
+      <c r="X19" s="3"/>
+      <c r="Y19" s="3"/>
+      <c r="Z19" s="3"/>
+    </row>
+    <row r="20" spans="1:26">
       <c r="A20" t="s">
-        <v>78</v>
+        <v>27</v>
       </c>
       <c r="B20" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
       <c r="C20" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
       <c r="D20" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
       <c r="E20" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
       <c r="F20" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
       <c r="G20" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
       <c r="H20" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
       <c r="I20" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
       <c r="J20" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
       <c r="K20" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
       <c r="L20" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
       <c r="M20" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
       <c r="N20" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
       <c r="O20" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
       <c r="P20" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
       <c r="Q20" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
       <c r="R20" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
       <c r="S20" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
       <c r="T20" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
       <c r="U20" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
       <c r="V20" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
       <c r="W20" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
       <c r="X20" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
       <c r="Y20" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
       <c r="Z20" t="s">
-        <v>90</v>
-[...366 lines deleted...]
-    <row r="24" spans="1:72">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="21" spans="1:26">
+      <c r="A21" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B21" s="3"/>
+      <c r="C21" s="3"/>
+      <c r="D21" s="3"/>
+      <c r="E21" s="3"/>
+      <c r="F21" s="3"/>
+      <c r="G21" s="3"/>
+      <c r="H21" s="3"/>
+      <c r="I21" s="3"/>
+      <c r="J21" s="3"/>
+      <c r="K21" s="3"/>
+      <c r="L21" s="3"/>
+      <c r="M21" s="3"/>
+      <c r="N21" s="3"/>
+      <c r="O21" s="3"/>
+      <c r="P21" s="3"/>
+      <c r="Q21" s="3"/>
+      <c r="R21" s="3"/>
+      <c r="S21" s="3"/>
+      <c r="T21" s="3"/>
+      <c r="U21" s="3"/>
+      <c r="V21" s="3"/>
+      <c r="W21" s="3"/>
+      <c r="X21" s="3"/>
+      <c r="Y21" s="3"/>
+      <c r="Z21" s="3"/>
+    </row>
+    <row r="22" spans="1:26">
+      <c r="A22" t="s">
+        <v>27</v>
+      </c>
+      <c r="B22" t="s">
+        <v>42</v>
+      </c>
+      <c r="C22" t="s">
+        <v>42</v>
+      </c>
+      <c r="D22" t="s">
+        <v>42</v>
+      </c>
+      <c r="E22" t="s">
+        <v>42</v>
+      </c>
+      <c r="F22" t="s">
+        <v>42</v>
+      </c>
+      <c r="G22" t="s">
+        <v>42</v>
+      </c>
+      <c r="H22" t="s">
+        <v>42</v>
+      </c>
+      <c r="I22" t="s">
+        <v>42</v>
+      </c>
+      <c r="J22" t="s">
+        <v>42</v>
+      </c>
+      <c r="K22" t="s">
+        <v>42</v>
+      </c>
+      <c r="L22" t="s">
+        <v>42</v>
+      </c>
+      <c r="M22" t="s">
+        <v>42</v>
+      </c>
+      <c r="N22" t="s">
+        <v>42</v>
+      </c>
+      <c r="O22" t="s">
+        <v>42</v>
+      </c>
+      <c r="P22" t="s">
+        <v>42</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>42</v>
+      </c>
+      <c r="R22" t="s">
+        <v>42</v>
+      </c>
+      <c r="S22" t="s">
+        <v>42</v>
+      </c>
+      <c r="T22" t="s">
+        <v>42</v>
+      </c>
+      <c r="U22" t="s">
+        <v>42</v>
+      </c>
+      <c r="V22" t="s">
+        <v>42</v>
+      </c>
+      <c r="W22" t="s">
+        <v>42</v>
+      </c>
+      <c r="X22" t="s">
+        <v>42</v>
+      </c>
+      <c r="Y22" t="s">
+        <v>42</v>
+      </c>
+      <c r="Z22" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="23" spans="1:26">
+      <c r="A23" t="s">
+        <v>36</v>
+      </c>
+      <c r="B23" t="s">
+        <v>37</v>
+      </c>
+      <c r="C23" t="s">
+        <v>37</v>
+      </c>
+      <c r="D23" t="s">
+        <v>37</v>
+      </c>
+      <c r="E23" t="s">
+        <v>37</v>
+      </c>
+      <c r="F23" t="s">
+        <v>37</v>
+      </c>
+      <c r="G23" t="s">
+        <v>37</v>
+      </c>
+      <c r="H23" t="s">
+        <v>37</v>
+      </c>
+      <c r="I23" t="s">
+        <v>37</v>
+      </c>
+      <c r="J23" t="s">
+        <v>37</v>
+      </c>
+      <c r="K23" t="s">
+        <v>37</v>
+      </c>
+      <c r="L23" t="s">
+        <v>37</v>
+      </c>
+      <c r="M23" t="s">
+        <v>37</v>
+      </c>
+      <c r="N23" t="s">
+        <v>37</v>
+      </c>
+      <c r="O23" t="s">
+        <v>37</v>
+      </c>
+      <c r="P23" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>37</v>
+      </c>
+      <c r="R23" t="s">
+        <v>37</v>
+      </c>
+      <c r="S23" t="s">
+        <v>37</v>
+      </c>
+      <c r="T23" t="s">
+        <v>37</v>
+      </c>
+      <c r="U23" t="s">
+        <v>37</v>
+      </c>
+      <c r="V23" t="s">
+        <v>37</v>
+      </c>
+      <c r="W23" t="s">
+        <v>37</v>
+      </c>
+      <c r="X23" t="s">
+        <v>37</v>
+      </c>
+      <c r="Y23" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z23" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="24" spans="1:26">
       <c r="A24" t="s">
-        <v>73</v>
+        <v>31</v>
       </c>
       <c r="B24" t="s">
-        <v>92</v>
+        <v>43</v>
       </c>
       <c r="C24" t="s">
-        <v>92</v>
+        <v>43</v>
       </c>
       <c r="D24" t="s">
-        <v>92</v>
+        <v>43</v>
       </c>
       <c r="E24" t="s">
-        <v>92</v>
+        <v>43</v>
       </c>
       <c r="F24" t="s">
-        <v>92</v>
+        <v>43</v>
       </c>
       <c r="G24" t="s">
-        <v>92</v>
+        <v>43</v>
       </c>
       <c r="H24" t="s">
-        <v>92</v>
+        <v>43</v>
       </c>
       <c r="I24" t="s">
-        <v>92</v>
+        <v>43</v>
       </c>
       <c r="J24" t="s">
-        <v>92</v>
+        <v>43</v>
       </c>
       <c r="K24" t="s">
-        <v>92</v>
+        <v>43</v>
       </c>
       <c r="L24" t="s">
-        <v>92</v>
+        <v>43</v>
       </c>
       <c r="M24" t="s">
-        <v>92</v>
+        <v>43</v>
       </c>
       <c r="N24" t="s">
-        <v>92</v>
+        <v>43</v>
       </c>
       <c r="O24" t="s">
-        <v>92</v>
+        <v>43</v>
       </c>
       <c r="P24" t="s">
-        <v>92</v>
+        <v>43</v>
       </c>
       <c r="Q24" t="s">
-        <v>92</v>
+        <v>43</v>
       </c>
       <c r="R24" t="s">
-        <v>92</v>
+        <v>43</v>
       </c>
       <c r="S24" t="s">
-        <v>92</v>
+        <v>43</v>
       </c>
       <c r="T24" t="s">
-        <v>92</v>
+        <v>43</v>
       </c>
       <c r="U24" t="s">
-        <v>92</v>
+        <v>43</v>
       </c>
       <c r="V24" t="s">
-        <v>92</v>
+        <v>43</v>
       </c>
       <c r="W24" t="s">
-        <v>92</v>
+        <v>43</v>
       </c>
       <c r="X24" t="s">
-        <v>92</v>
+        <v>43</v>
       </c>
       <c r="Y24" t="s">
-        <v>92</v>
+        <v>43</v>
       </c>
       <c r="Z24" t="s">
-        <v>92</v>
-[...652 lines deleted...]
-    <row r="28" spans="1:72">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="25" spans="1:26">
+      <c r="A25" t="s">
+        <v>39</v>
+      </c>
+      <c r="B25" t="s">
+        <v>37</v>
+      </c>
+      <c r="C25" t="s">
+        <v>37</v>
+      </c>
+      <c r="D25" t="s">
+        <v>37</v>
+      </c>
+      <c r="E25" t="s">
+        <v>37</v>
+      </c>
+      <c r="F25" t="s">
+        <v>37</v>
+      </c>
+      <c r="G25" t="s">
+        <v>37</v>
+      </c>
+      <c r="H25" t="s">
+        <v>37</v>
+      </c>
+      <c r="I25" t="s">
+        <v>37</v>
+      </c>
+      <c r="J25" t="s">
+        <v>37</v>
+      </c>
+      <c r="K25" t="s">
+        <v>37</v>
+      </c>
+      <c r="L25" t="s">
+        <v>37</v>
+      </c>
+      <c r="M25" t="s">
+        <v>37</v>
+      </c>
+      <c r="N25" t="s">
+        <v>37</v>
+      </c>
+      <c r="O25" t="s">
+        <v>37</v>
+      </c>
+      <c r="P25" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>37</v>
+      </c>
+      <c r="R25" t="s">
+        <v>37</v>
+      </c>
+      <c r="S25" t="s">
+        <v>37</v>
+      </c>
+      <c r="T25" t="s">
+        <v>37</v>
+      </c>
+      <c r="U25" t="s">
+        <v>37</v>
+      </c>
+      <c r="V25" t="s">
+        <v>37</v>
+      </c>
+      <c r="W25" t="s">
+        <v>37</v>
+      </c>
+      <c r="X25" t="s">
+        <v>37</v>
+      </c>
+      <c r="Y25" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z25" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="26" spans="1:26">
+      <c r="A26" s="4"/>
+      <c r="B26" s="4"/>
+      <c r="C26" s="4"/>
+      <c r="D26" s="4"/>
+      <c r="E26" s="4"/>
+      <c r="F26" s="4"/>
+      <c r="G26" s="4"/>
+      <c r="H26" s="4"/>
+      <c r="I26" s="4"/>
+      <c r="J26" s="4"/>
+      <c r="K26" s="4"/>
+      <c r="L26" s="4"/>
+      <c r="M26" s="4"/>
+      <c r="N26" s="4"/>
+      <c r="O26" s="4"/>
+      <c r="P26" s="4"/>
+      <c r="Q26" s="4"/>
+      <c r="R26" s="4"/>
+      <c r="S26" s="4"/>
+      <c r="T26" s="4"/>
+      <c r="U26" s="4"/>
+      <c r="V26" s="4"/>
+      <c r="W26" s="4"/>
+      <c r="X26" s="4"/>
+      <c r="Y26" s="4"/>
+      <c r="Z26" s="4"/>
+    </row>
+    <row r="27" spans="1:26">
+      <c r="A27" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="B27" s="2"/>
+      <c r="C27" s="2"/>
+      <c r="D27" s="2"/>
+      <c r="E27" s="2"/>
+      <c r="F27" s="2"/>
+      <c r="G27" s="2"/>
+      <c r="H27" s="2"/>
+      <c r="I27" s="2"/>
+      <c r="J27" s="2"/>
+      <c r="K27" s="2"/>
+      <c r="L27" s="2"/>
+      <c r="M27" s="2"/>
+      <c r="N27" s="2"/>
+      <c r="O27" s="2"/>
+      <c r="P27" s="2"/>
+      <c r="Q27" s="2"/>
+      <c r="R27" s="2"/>
+      <c r="S27" s="2"/>
+      <c r="T27" s="2"/>
+      <c r="U27" s="2"/>
+      <c r="V27" s="2"/>
+      <c r="W27" s="2"/>
+      <c r="X27" s="2"/>
+      <c r="Y27" s="2"/>
+      <c r="Z27" s="2"/>
+    </row>
+    <row r="28" spans="1:26">
       <c r="A28" t="s">
-        <v>78</v>
+        <v>45</v>
       </c>
       <c r="B28" t="s">
-        <v>95</v>
-[...212 lines deleted...]
-    <row r="29" spans="1:72">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="29" spans="1:26">
       <c r="A29" t="s">
-        <v>86</v>
+        <v>47</v>
       </c>
       <c r="B29" t="s">
-        <v>87</v>
-[...362 lines deleted...]
-    <row r="32" spans="1:72">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="30" spans="1:26">
+      <c r="A30" t="s">
+        <v>49</v>
+      </c>
+      <c r="B30" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="31" spans="1:26">
+      <c r="A31" t="s">
+        <v>50</v>
+      </c>
+      <c r="B31" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="32" spans="1:26">
       <c r="A32" t="s">
-        <v>97</v>
+        <v>52</v>
       </c>
       <c r="B32" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:72">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="33" spans="1:26">
       <c r="A33" t="s">
-        <v>99</v>
+        <v>54</v>
       </c>
       <c r="B33" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:72">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="34" spans="1:26">
       <c r="A34" t="s">
-        <v>101</v>
+        <v>56</v>
       </c>
       <c r="B34" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:72">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="35" spans="1:26">
       <c r="A35" t="s">
-        <v>102</v>
+        <v>57</v>
       </c>
       <c r="B35" t="s">
-        <v>103</v>
-[...18 lines deleted...]
-    <row r="38" spans="1:72">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="37" spans="1:26">
+      <c r="A37" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B37" s="1"/>
+      <c r="C37" s="1"/>
+      <c r="D37" s="1"/>
+      <c r="E37" s="1"/>
+      <c r="F37" s="1"/>
+      <c r="G37" s="1"/>
+      <c r="H37" s="1"/>
+      <c r="I37" s="1"/>
+      <c r="J37" s="1"/>
+      <c r="K37" s="1"/>
+      <c r="L37" s="1"/>
+      <c r="M37" s="1"/>
+      <c r="N37" s="1"/>
+      <c r="O37" s="1"/>
+      <c r="P37" s="1"/>
+      <c r="Q37" s="1"/>
+      <c r="R37" s="1"/>
+      <c r="S37" s="1"/>
+      <c r="T37" s="1"/>
+      <c r="U37" s="1"/>
+      <c r="V37" s="1"/>
+      <c r="W37" s="1"/>
+      <c r="X37" s="1"/>
+      <c r="Y37" s="1"/>
+      <c r="Z37" s="1"/>
+    </row>
+    <row r="38" spans="1:26">
       <c r="A38" t="s">
-        <v>108</v>
-[...91 lines deleted...]
-        <v>111</v>
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A42:BT42"/>
+    <mergeCell ref="A38:Z38"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>