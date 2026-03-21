--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="41746-tur-4-dnya-solovki-..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>04.06.2026</t>
   </si>
   <si>
     <t>09.06.2026</t>
   </si>
   <si>
     <t>11.06.2026</t>
   </si>
   <si>
     <t>16.06.2026</t>
   </si>
   <si>
     <t>18.06.2026</t>
   </si>
   <si>
     <t>23.06.2026</t>
   </si>
   <si>
     <t>25.06.2026</t>
   </si>
   <si>
     <t>30.06.2026</t>
   </si>
   <si>
@@ -188,54 +188,60 @@
   <si>
     <t>Морская прогулка "Мыс Белужий"</t>
   </si>
   <si>
     <t>4100 RUB</t>
   </si>
   <si>
     <t>Морская прогулка "Мыс Белужий" дети до 10 лет</t>
   </si>
   <si>
     <t>2900 RUB</t>
   </si>
   <si>
     <t>Достопримечательности Большого Заяцкого острова</t>
   </si>
   <si>
     <t>1500 RUB</t>
   </si>
   <si>
     <t>Долгая губа</t>
   </si>
   <si>
     <t>Долгая губа дети до 10 лет</t>
   </si>
   <si>
+    <t>Дополнительная ночь в отеле "Гости", 2-местный номер</t>
+  </si>
+  <si>
+    <t>7050 RUB</t>
+  </si>
+  <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 04.02.2026 06:51, и может быть изменена в любое время без оповещения. Не является публичной офертой. Актуальная информация всегда представлена на странице: https://travelkarelia.ru/solovki/41746-tur-4-dnya-solovki-iz-moskvy-na-ostrove-3-dnya</t>
+    <t>Информация актуальная на дату получения прайс-листа 22.03.2026 02:36, и может быть изменена в любое время без оповещения. Не является публичной офертой. Актуальная информация всегда представлена на странице: https://travelkarelia.ru/solovki/41746-tur-4-dnya-solovki-iz-moskvy-na-ostrove-3-dnya</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -577,54 +583,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z38"/>
+  <dimension ref="A1:Z39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A37" sqref="A37:Z37"/>
+      <selection activeCell="A38" sqref="A38:Z38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="74.267578" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
@@ -2179,89 +2185,97 @@
     </row>
     <row r="33" spans="1:26">
       <c r="A33" t="s">
         <v>54</v>
       </c>
       <c r="B33" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" t="s">
         <v>56</v>
       </c>
       <c r="B34" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" t="s">
         <v>57</v>
       </c>
       <c r="B35" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="37" spans="1:26">
-      <c r="A37" s="1" t="s">
+    <row r="36" spans="1:26">
+      <c r="A36" t="s">
         <v>58</v>
       </c>
-      <c r="B37" s="1"/>
-[...23 lines deleted...]
-      <c r="Z37" s="1"/>
+      <c r="B36" t="s">
+        <v>59</v>
+      </c>
     </row>
     <row r="38" spans="1:26">
-      <c r="A38" t="s">
-        <v>59</v>
+      <c r="A38" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B38" s="1"/>
+      <c r="C38" s="1"/>
+      <c r="D38" s="1"/>
+      <c r="E38" s="1"/>
+      <c r="F38" s="1"/>
+      <c r="G38" s="1"/>
+      <c r="H38" s="1"/>
+      <c r="I38" s="1"/>
+      <c r="J38" s="1"/>
+      <c r="K38" s="1"/>
+      <c r="L38" s="1"/>
+      <c r="M38" s="1"/>
+      <c r="N38" s="1"/>
+      <c r="O38" s="1"/>
+      <c r="P38" s="1"/>
+      <c r="Q38" s="1"/>
+      <c r="R38" s="1"/>
+      <c r="S38" s="1"/>
+      <c r="T38" s="1"/>
+      <c r="U38" s="1"/>
+      <c r="V38" s="1"/>
+      <c r="W38" s="1"/>
+      <c r="X38" s="1"/>
+      <c r="Y38" s="1"/>
+      <c r="Z38" s="1"/>
+    </row>
+    <row r="39" spans="1:26">
+      <c r="A39" t="s">
+        <v>61</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A38:Z38"/>
+    <mergeCell ref="A39:Z39"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>