--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -12,72 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="4991-nizhegorodskaya-otkr..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
-[...20 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>03.04.2026</t>
   </si>
   <si>
     <t>10.04.2026</t>
   </si>
   <si>
     <t>17.04.2026</t>
   </si>
   <si>
     <t>24.04.2026</t>
   </si>
   <si>
     <t>01.05.2026</t>
   </si>
   <si>
     <t>09.05.2026</t>
   </si>
   <si>
     <t>15.05.2026</t>
   </si>
   <si>
     <t>22.05.2026</t>
   </si>
   <si>
@@ -194,54 +173,54 @@
   <si>
     <t>Трехместный номер для трех человек</t>
   </si>
   <si>
     <t>24800 RUB</t>
   </si>
   <si>
     <t>«CORT INN 4*»</t>
   </si>
   <si>
     <t>42500 RUB</t>
   </si>
   <si>
     <t>Двухместный номер для одного человека</t>
   </si>
   <si>
     <t>34500 RUB</t>
   </si>
   <si>
     <t>Трехместный номер для одного человека</t>
   </si>
   <si>
     <t>32100 RUB</t>
   </si>
   <si>
-    <t>Примечение</t>
-[...2 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 13.02.2026 09:55, и может быть изменена в любое время без оповещения. Не является публичной офертой. Актуальная информация всегда представлена на странице: https://travelkarelia.ru/tury-po-rossii/4991-nizhegorodskaya-otkrytka</t>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 31.03.2026 02:24, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -583,108 +562,101 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AU19"/>
+  <dimension ref="A1:AN19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A18" sqref="A18:AU18"/>
+      <selection activeCell="A18" sqref="A18:AN18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="44.703369" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="41" max="41" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...5 lines deleted...]
-    <col min="47" max="47" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:47">
+    <row r="1" spans="1:40">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
@@ -759,1447 +731,1230 @@
       </c>
       <c r="AG1" s="1" t="s">
         <v>31</v>
       </c>
       <c r="AH1" s="1" t="s">
         <v>32</v>
       </c>
       <c r="AI1" s="1" t="s">
         <v>33</v>
       </c>
       <c r="AJ1" s="1" t="s">
         <v>34</v>
       </c>
       <c r="AK1" s="1" t="s">
         <v>35</v>
       </c>
       <c r="AL1" s="1" t="s">
         <v>36</v>
       </c>
       <c r="AM1" s="1" t="s">
         <v>37</v>
       </c>
       <c r="AN1" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="AO1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:40">
+      <c r="A2" s="2" t="s">
         <v>39</v>
-      </c>
-[...21 lines deleted...]
-        <v>46</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
       <c r="Z2" s="2"/>
       <c r="AA2" s="2"/>
       <c r="AB2" s="2"/>
       <c r="AC2" s="2"/>
       <c r="AD2" s="2"/>
       <c r="AE2" s="2"/>
       <c r="AF2" s="2"/>
       <c r="AG2" s="2"/>
       <c r="AH2" s="2"/>
       <c r="AI2" s="2"/>
       <c r="AJ2" s="2"/>
       <c r="AK2" s="2"/>
       <c r="AL2" s="2"/>
       <c r="AM2" s="2"/>
       <c r="AN2" s="2"/>
-      <c r="AO2" s="2"/>
-[...5 lines deleted...]
-      <c r="AU2" s="2"/>
     </row>
-    <row r="3" spans="1:47">
+    <row r="3" spans="1:40">
       <c r="A3" s="3" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
       <c r="Z3" s="3"/>
       <c r="AA3" s="3"/>
       <c r="AB3" s="3"/>
       <c r="AC3" s="3"/>
       <c r="AD3" s="3"/>
       <c r="AE3" s="3"/>
       <c r="AF3" s="3"/>
       <c r="AG3" s="3"/>
       <c r="AH3" s="3"/>
       <c r="AI3" s="3"/>
       <c r="AJ3" s="3"/>
       <c r="AK3" s="3"/>
       <c r="AL3" s="3"/>
       <c r="AM3" s="3"/>
       <c r="AN3" s="3"/>
-      <c r="AO3" s="3"/>
-[...5 lines deleted...]
-      <c r="AU3" s="3"/>
     </row>
-    <row r="4" spans="1:47">
+    <row r="4" spans="1:40">
       <c r="A4" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="B4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="D4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="F4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="G4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="H4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="I4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="J4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="K4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="L4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="N4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="O4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="P4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="Q4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="R4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="S4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="T4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="U4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="V4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="W4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="X4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="Y4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="Z4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="AA4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="AB4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="AC4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="AD4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="AE4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="AF4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="AG4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="AH4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="AI4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="AJ4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="AK4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="AL4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="AM4" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="AN4" t="s">
-        <v>49</v>
-[...20 lines deleted...]
-        <v>49</v>
+        <v>42</v>
       </c>
     </row>
-    <row r="5" spans="1:47">
+    <row r="5" spans="1:40">
       <c r="A5" s="3" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
       <c r="N5" s="3"/>
       <c r="O5" s="3"/>
       <c r="P5" s="3"/>
       <c r="Q5" s="3"/>
       <c r="R5" s="3"/>
       <c r="S5" s="3"/>
       <c r="T5" s="3"/>
       <c r="U5" s="3"/>
       <c r="V5" s="3"/>
       <c r="W5" s="3"/>
       <c r="X5" s="3"/>
       <c r="Y5" s="3"/>
       <c r="Z5" s="3"/>
       <c r="AA5" s="3"/>
       <c r="AB5" s="3"/>
       <c r="AC5" s="3"/>
       <c r="AD5" s="3"/>
       <c r="AE5" s="3"/>
       <c r="AF5" s="3"/>
       <c r="AG5" s="3"/>
       <c r="AH5" s="3"/>
       <c r="AI5" s="3"/>
       <c r="AJ5" s="3"/>
       <c r="AK5" s="3"/>
       <c r="AL5" s="3"/>
       <c r="AM5" s="3"/>
       <c r="AN5" s="3"/>
-      <c r="AO5" s="3"/>
-[...5 lines deleted...]
-      <c r="AU5" s="3"/>
     </row>
-    <row r="6" spans="1:47">
+    <row r="6" spans="1:40">
       <c r="A6" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="B6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="C6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="D6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="E6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="F6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="G6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="I6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="J6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="K6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="L6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="M6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="N6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="O6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="P6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="Q6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="R6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="S6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="T6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="U6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="V6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="W6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="X6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="Y6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="Z6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="AA6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="AB6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="AC6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="AD6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="AE6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="AF6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="AG6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="AH6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="AI6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="AJ6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="AK6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="AL6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="AM6" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="AN6" t="s">
-        <v>51</v>
-[...20 lines deleted...]
-        <v>51</v>
+        <v>44</v>
       </c>
     </row>
-    <row r="7" spans="1:47">
+    <row r="7" spans="1:40">
       <c r="A7" s="3" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3"/>
       <c r="S7" s="3"/>
       <c r="T7" s="3"/>
       <c r="U7" s="3"/>
       <c r="V7" s="3"/>
       <c r="W7" s="3"/>
       <c r="X7" s="3"/>
       <c r="Y7" s="3"/>
       <c r="Z7" s="3"/>
       <c r="AA7" s="3"/>
       <c r="AB7" s="3"/>
       <c r="AC7" s="3"/>
       <c r="AD7" s="3"/>
       <c r="AE7" s="3"/>
       <c r="AF7" s="3"/>
       <c r="AG7" s="3"/>
       <c r="AH7" s="3"/>
       <c r="AI7" s="3"/>
       <c r="AJ7" s="3"/>
       <c r="AK7" s="3"/>
       <c r="AL7" s="3"/>
       <c r="AM7" s="3"/>
       <c r="AN7" s="3"/>
-      <c r="AO7" s="3"/>
-[...5 lines deleted...]
-      <c r="AU7" s="3"/>
     </row>
-    <row r="8" spans="1:47">
+    <row r="8" spans="1:40">
       <c r="A8" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="B8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="C8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="D8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="E8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="F8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="G8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="H8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="I8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="J8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="K8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="L8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="M8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="N8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="O8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="P8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="Q8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="R8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="S8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="T8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="U8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="V8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="W8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="X8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="Y8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="Z8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="AA8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="AB8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="AC8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="AD8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="AE8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="AF8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="AG8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="AH8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="AI8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="AJ8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="AK8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="AL8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="AM8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="AN8" t="s">
-        <v>53</v>
-[...20 lines deleted...]
-        <v>53</v>
+        <v>46</v>
       </c>
     </row>
-    <row r="9" spans="1:47">
+    <row r="9" spans="1:40">
       <c r="A9" s="4"/>
       <c r="B9" s="4"/>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
       <c r="L9" s="4"/>
       <c r="M9" s="4"/>
       <c r="N9" s="4"/>
       <c r="O9" s="4"/>
       <c r="P9" s="4"/>
       <c r="Q9" s="4"/>
       <c r="R9" s="4"/>
       <c r="S9" s="4"/>
       <c r="T9" s="4"/>
       <c r="U9" s="4"/>
       <c r="V9" s="4"/>
       <c r="W9" s="4"/>
       <c r="X9" s="4"/>
       <c r="Y9" s="4"/>
       <c r="Z9" s="4"/>
       <c r="AA9" s="4"/>
       <c r="AB9" s="4"/>
       <c r="AC9" s="4"/>
       <c r="AD9" s="4"/>
       <c r="AE9" s="4"/>
       <c r="AF9" s="4"/>
       <c r="AG9" s="4"/>
       <c r="AH9" s="4"/>
       <c r="AI9" s="4"/>
       <c r="AJ9" s="4"/>
       <c r="AK9" s="4"/>
       <c r="AL9" s="4"/>
       <c r="AM9" s="4"/>
       <c r="AN9" s="4"/>
-      <c r="AO9" s="4"/>
-[...5 lines deleted...]
-      <c r="AU9" s="4"/>
     </row>
-    <row r="10" spans="1:47">
+    <row r="10" spans="1:40">
       <c r="A10" s="2" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
       <c r="J10" s="2"/>
       <c r="K10" s="2"/>
       <c r="L10" s="2"/>
       <c r="M10" s="2"/>
       <c r="N10" s="2"/>
       <c r="O10" s="2"/>
       <c r="P10" s="2"/>
       <c r="Q10" s="2"/>
       <c r="R10" s="2"/>
       <c r="S10" s="2"/>
       <c r="T10" s="2"/>
       <c r="U10" s="2"/>
       <c r="V10" s="2"/>
       <c r="W10" s="2"/>
       <c r="X10" s="2"/>
       <c r="Y10" s="2"/>
       <c r="Z10" s="2"/>
       <c r="AA10" s="2"/>
       <c r="AB10" s="2"/>
       <c r="AC10" s="2"/>
       <c r="AD10" s="2"/>
       <c r="AE10" s="2"/>
       <c r="AF10" s="2"/>
       <c r="AG10" s="2"/>
       <c r="AH10" s="2"/>
       <c r="AI10" s="2"/>
       <c r="AJ10" s="2"/>
       <c r="AK10" s="2"/>
       <c r="AL10" s="2"/>
       <c r="AM10" s="2"/>
       <c r="AN10" s="2"/>
-      <c r="AO10" s="2"/>
-[...5 lines deleted...]
-      <c r="AU10" s="2"/>
     </row>
-    <row r="11" spans="1:47">
+    <row r="11" spans="1:40">
       <c r="A11" s="3" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="3"/>
       <c r="P11" s="3"/>
       <c r="Q11" s="3"/>
       <c r="R11" s="3"/>
       <c r="S11" s="3"/>
       <c r="T11" s="3"/>
       <c r="U11" s="3"/>
       <c r="V11" s="3"/>
       <c r="W11" s="3"/>
       <c r="X11" s="3"/>
       <c r="Y11" s="3"/>
       <c r="Z11" s="3"/>
       <c r="AA11" s="3"/>
       <c r="AB11" s="3"/>
       <c r="AC11" s="3"/>
       <c r="AD11" s="3"/>
       <c r="AE11" s="3"/>
       <c r="AF11" s="3"/>
       <c r="AG11" s="3"/>
       <c r="AH11" s="3"/>
       <c r="AI11" s="3"/>
       <c r="AJ11" s="3"/>
       <c r="AK11" s="3"/>
       <c r="AL11" s="3"/>
       <c r="AM11" s="3"/>
       <c r="AN11" s="3"/>
-      <c r="AO11" s="3"/>
-[...5 lines deleted...]
-      <c r="AU11" s="3"/>
     </row>
-    <row r="12" spans="1:47">
+    <row r="12" spans="1:40">
       <c r="A12" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="B12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="C12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="D12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="E12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="F12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="G12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="H12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="I12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="J12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="K12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="L12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="M12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="N12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="O12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="P12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="Q12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="R12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="S12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="T12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="U12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="V12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="W12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="X12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="Y12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="Z12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="AA12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="AB12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="AC12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="AD12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="AE12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="AF12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="AG12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="AH12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="AI12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="AJ12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="AK12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="AL12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="AM12" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="AN12" t="s">
-        <v>55</v>
-[...20 lines deleted...]
-        <v>55</v>
+        <v>48</v>
       </c>
     </row>
-    <row r="13" spans="1:47">
+    <row r="13" spans="1:40">
       <c r="A13" s="3" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="B13" s="3"/>
       <c r="C13" s="3"/>
       <c r="D13" s="3"/>
       <c r="E13" s="3"/>
       <c r="F13" s="3"/>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
       <c r="J13" s="3"/>
       <c r="K13" s="3"/>
       <c r="L13" s="3"/>
       <c r="M13" s="3"/>
       <c r="N13" s="3"/>
       <c r="O13" s="3"/>
       <c r="P13" s="3"/>
       <c r="Q13" s="3"/>
       <c r="R13" s="3"/>
       <c r="S13" s="3"/>
       <c r="T13" s="3"/>
       <c r="U13" s="3"/>
       <c r="V13" s="3"/>
       <c r="W13" s="3"/>
       <c r="X13" s="3"/>
       <c r="Y13" s="3"/>
       <c r="Z13" s="3"/>
       <c r="AA13" s="3"/>
       <c r="AB13" s="3"/>
       <c r="AC13" s="3"/>
       <c r="AD13" s="3"/>
       <c r="AE13" s="3"/>
       <c r="AF13" s="3"/>
       <c r="AG13" s="3"/>
       <c r="AH13" s="3"/>
       <c r="AI13" s="3"/>
       <c r="AJ13" s="3"/>
       <c r="AK13" s="3"/>
       <c r="AL13" s="3"/>
       <c r="AM13" s="3"/>
       <c r="AN13" s="3"/>
-      <c r="AO13" s="3"/>
-[...5 lines deleted...]
-      <c r="AU13" s="3"/>
     </row>
-    <row r="14" spans="1:47">
+    <row r="14" spans="1:40">
       <c r="A14" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="B14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="C14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="D14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="E14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="F14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="H14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="I14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="J14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="K14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="L14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="M14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="N14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="O14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="P14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="Q14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="R14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="S14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="T14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="U14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="V14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="W14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="X14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="Y14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="Z14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="AA14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="AB14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="AC14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="AD14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="AE14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="AF14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="AG14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="AH14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="AI14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="AJ14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="AK14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="AL14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="AM14" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="AN14" t="s">
-        <v>57</v>
-[...20 lines deleted...]
-        <v>57</v>
+        <v>50</v>
       </c>
     </row>
-    <row r="15" spans="1:47">
+    <row r="15" spans="1:40">
       <c r="A15" s="3" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="B15" s="3"/>
       <c r="C15" s="3"/>
       <c r="D15" s="3"/>
       <c r="E15" s="3"/>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3"/>
       <c r="K15" s="3"/>
       <c r="L15" s="3"/>
       <c r="M15" s="3"/>
       <c r="N15" s="3"/>
       <c r="O15" s="3"/>
       <c r="P15" s="3"/>
       <c r="Q15" s="3"/>
       <c r="R15" s="3"/>
       <c r="S15" s="3"/>
       <c r="T15" s="3"/>
       <c r="U15" s="3"/>
       <c r="V15" s="3"/>
       <c r="W15" s="3"/>
       <c r="X15" s="3"/>
       <c r="Y15" s="3"/>
       <c r="Z15" s="3"/>
       <c r="AA15" s="3"/>
       <c r="AB15" s="3"/>
       <c r="AC15" s="3"/>
       <c r="AD15" s="3"/>
       <c r="AE15" s="3"/>
       <c r="AF15" s="3"/>
       <c r="AG15" s="3"/>
       <c r="AH15" s="3"/>
       <c r="AI15" s="3"/>
       <c r="AJ15" s="3"/>
       <c r="AK15" s="3"/>
       <c r="AL15" s="3"/>
       <c r="AM15" s="3"/>
       <c r="AN15" s="3"/>
-      <c r="AO15" s="3"/>
-[...5 lines deleted...]
-      <c r="AU15" s="3"/>
     </row>
-    <row r="16" spans="1:47">
+    <row r="16" spans="1:40">
       <c r="A16" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="B16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="C16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="D16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="E16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="F16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="G16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="H16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="I16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="J16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="K16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="L16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="M16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="N16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="O16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="P16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="Q16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="R16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="S16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="T16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="U16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="V16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="W16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="X16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="Y16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="Z16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="AA16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="AB16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="AC16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="AD16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="AE16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="AF16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="AG16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="AH16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="AI16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="AJ16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="AK16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="AL16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="AM16" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="AN16" t="s">
-        <v>59</v>
-[...20 lines deleted...]
-        <v>59</v>
+        <v>52</v>
       </c>
     </row>
-    <row r="18" spans="1:47">
+    <row r="18" spans="1:40">
       <c r="A18" s="1" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="B18" s="1"/>
       <c r="C18" s="1"/>
       <c r="D18" s="1"/>
       <c r="E18" s="1"/>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
       <c r="X18" s="1"/>
       <c r="Y18" s="1"/>
       <c r="Z18" s="1"/>
       <c r="AA18" s="1"/>
       <c r="AB18" s="1"/>
       <c r="AC18" s="1"/>
       <c r="AD18" s="1"/>
       <c r="AE18" s="1"/>
       <c r="AF18" s="1"/>
       <c r="AG18" s="1"/>
       <c r="AH18" s="1"/>
       <c r="AI18" s="1"/>
       <c r="AJ18" s="1"/>
       <c r="AK18" s="1"/>
       <c r="AL18" s="1"/>
       <c r="AM18" s="1"/>
       <c r="AN18" s="1"/>
-      <c r="AO18" s="1"/>
-[...5 lines deleted...]
-      <c r="AU18" s="1"/>
     </row>
-    <row r="19" spans="1:47">
+    <row r="19" spans="1:40">
       <c r="A19" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A19:AU19"/>
+    <mergeCell ref="A19:AN19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>