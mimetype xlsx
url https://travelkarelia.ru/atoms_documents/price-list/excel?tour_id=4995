--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -12,90 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="4995-nizhegorodskie-zagad..." sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
-[...38 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
   <si>
     <t>31.03.2026</t>
   </si>
   <si>
     <t>04.04.2026</t>
   </si>
   <si>
     <t>07.04.2026</t>
   </si>
   <si>
     <t>11.04.2026</t>
   </si>
   <si>
     <t>14.04.2026</t>
   </si>
   <si>
     <t>18.04.2026</t>
   </si>
   <si>
     <t>21.04.2026</t>
   </si>
   <si>
     <t>25.04.2026</t>
   </si>
   <si>
@@ -332,54 +293,54 @@
   <si>
     <t>Трехместный номер для трех человек</t>
   </si>
   <si>
     <t>15500 RUB</t>
   </si>
   <si>
     <t>«CORT INN 4*»</t>
   </si>
   <si>
     <t>25050 RUB</t>
   </si>
   <si>
     <t>Двухместный номер для одного человека</t>
   </si>
   <si>
     <t>20350 RUB</t>
   </si>
   <si>
     <t>Трехместный номер для одного человека</t>
   </si>
   <si>
     <t>18850 RUB</t>
   </si>
   <si>
-    <t>Примечение</t>
-[...2 lines deleted...]
-    <t>Информация актуальная на дату получения прайс-листа 13.02.2026 09:55, и может быть изменена в любое время без оповещения. Не является публичной офертой. Актуальная информация всегда представлена на странице: https://travelkarelia.ru/tury-po-rossii/4995-nizhegorodskie-zagadki-2</t>
+    <t>Примечание</t>
+  </si>
+  <si>
+    <t>Информация актуальная на дату получения прайс-листа 31.03.2026 02:24, и может быть изменена в любое время без оповещения. Не является публичной офертой.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -721,54 +682,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:CO19"/>
+  <dimension ref="A1:CB19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A18" sqref="A18:CO18"/>
+      <selection activeCell="A18" sqref="A18:CB18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="44.703369" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="12.854004" bestFit="true" customWidth="true" style="0"/>
@@ -809,66 +770,53 @@
     <col min="56" max="56" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="81" max="81" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-[...11 lines deleted...]
-    <col min="93" max="93" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:93">
+    <row r="1" spans="1:80">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
@@ -1063,93 +1011,54 @@
       </c>
       <c r="BU1" s="1" t="s">
         <v>71</v>
       </c>
       <c r="BV1" s="1" t="s">
         <v>72</v>
       </c>
       <c r="BW1" s="1" t="s">
         <v>73</v>
       </c>
       <c r="BX1" s="1" t="s">
         <v>74</v>
       </c>
       <c r="BY1" s="1" t="s">
         <v>75</v>
       </c>
       <c r="BZ1" s="1" t="s">
         <v>76</v>
       </c>
       <c r="CA1" s="1" t="s">
         <v>77</v>
       </c>
       <c r="CB1" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="CC1" s="1" t="s">
+    </row>
+    <row r="2" spans="1:80">
+      <c r="A2" s="2" t="s">
         <v>79</v>
-      </c>
-[...39 lines deleted...]
-        <v>92</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
       <c r="O2" s="2"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
@@ -1186,67 +1095,54 @@
       <c r="BD2" s="2"/>
       <c r="BE2" s="2"/>
       <c r="BF2" s="2"/>
       <c r="BG2" s="2"/>
       <c r="BH2" s="2"/>
       <c r="BI2" s="2"/>
       <c r="BJ2" s="2"/>
       <c r="BK2" s="2"/>
       <c r="BL2" s="2"/>
       <c r="BM2" s="2"/>
       <c r="BN2" s="2"/>
       <c r="BO2" s="2"/>
       <c r="BP2" s="2"/>
       <c r="BQ2" s="2"/>
       <c r="BR2" s="2"/>
       <c r="BS2" s="2"/>
       <c r="BT2" s="2"/>
       <c r="BU2" s="2"/>
       <c r="BV2" s="2"/>
       <c r="BW2" s="2"/>
       <c r="BX2" s="2"/>
       <c r="BY2" s="2"/>
       <c r="BZ2" s="2"/>
       <c r="CA2" s="2"/>
       <c r="CB2" s="2"/>
-      <c r="CC2" s="2"/>
-[...11 lines deleted...]
-      <c r="CO2" s="2"/>
     </row>
-    <row r="3" spans="1:93">
+    <row r="3" spans="1:80">
       <c r="A3" s="3" t="s">
-        <v>93</v>
+        <v>80</v>
       </c>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
@@ -1283,348 +1179,296 @@
       <c r="BD3" s="3"/>
       <c r="BE3" s="3"/>
       <c r="BF3" s="3"/>
       <c r="BG3" s="3"/>
       <c r="BH3" s="3"/>
       <c r="BI3" s="3"/>
       <c r="BJ3" s="3"/>
       <c r="BK3" s="3"/>
       <c r="BL3" s="3"/>
       <c r="BM3" s="3"/>
       <c r="BN3" s="3"/>
       <c r="BO3" s="3"/>
       <c r="BP3" s="3"/>
       <c r="BQ3" s="3"/>
       <c r="BR3" s="3"/>
       <c r="BS3" s="3"/>
       <c r="BT3" s="3"/>
       <c r="BU3" s="3"/>
       <c r="BV3" s="3"/>
       <c r="BW3" s="3"/>
       <c r="BX3" s="3"/>
       <c r="BY3" s="3"/>
       <c r="BZ3" s="3"/>
       <c r="CA3" s="3"/>
       <c r="CB3" s="3"/>
-      <c r="CC3" s="3"/>
-[...11 lines deleted...]
-      <c r="CO3" s="3"/>
     </row>
-    <row r="4" spans="1:93">
+    <row r="4" spans="1:80">
       <c r="A4" t="s">
-        <v>94</v>
+        <v>81</v>
       </c>
       <c r="B4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="C4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="D4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="E4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="F4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="G4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="H4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="I4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="J4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="K4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="L4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="M4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="N4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="O4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="P4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="Q4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="R4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="S4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="T4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="U4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="V4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="W4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="X4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="Y4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="Z4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="AA4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="AB4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="AC4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="AD4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="AE4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="AF4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="AG4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="AH4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="AI4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="AJ4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="AK4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="AL4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="AM4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="AN4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="AO4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="AP4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="AQ4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="AR4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="AS4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="AT4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="AU4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="AV4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="AW4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="AX4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="AY4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="AZ4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="BA4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="BB4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="BC4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="BD4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="BE4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="BF4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="BG4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="BH4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="BI4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="BJ4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="BK4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="BL4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="BM4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="BN4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="BO4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="BP4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="BQ4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="BR4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="BS4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="BT4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="BU4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="BV4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="BW4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="BX4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="BY4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="BZ4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="CA4" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="CB4" t="s">
-        <v>95</v>
-[...38 lines deleted...]
-        <v>95</v>
+        <v>82</v>
       </c>
     </row>
-    <row r="5" spans="1:93">
+    <row r="5" spans="1:80">
       <c r="A5" s="3" t="s">
-        <v>96</v>
+        <v>83</v>
       </c>
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
       <c r="N5" s="3"/>
       <c r="O5" s="3"/>
       <c r="P5" s="3"/>
       <c r="Q5" s="3"/>
       <c r="R5" s="3"/>
       <c r="S5" s="3"/>
       <c r="T5" s="3"/>
       <c r="U5" s="3"/>
       <c r="V5" s="3"/>
       <c r="W5" s="3"/>
       <c r="X5" s="3"/>
       <c r="Y5" s="3"/>
@@ -1661,348 +1505,296 @@
       <c r="BD5" s="3"/>
       <c r="BE5" s="3"/>
       <c r="BF5" s="3"/>
       <c r="BG5" s="3"/>
       <c r="BH5" s="3"/>
       <c r="BI5" s="3"/>
       <c r="BJ5" s="3"/>
       <c r="BK5" s="3"/>
       <c r="BL5" s="3"/>
       <c r="BM5" s="3"/>
       <c r="BN5" s="3"/>
       <c r="BO5" s="3"/>
       <c r="BP5" s="3"/>
       <c r="BQ5" s="3"/>
       <c r="BR5" s="3"/>
       <c r="BS5" s="3"/>
       <c r="BT5" s="3"/>
       <c r="BU5" s="3"/>
       <c r="BV5" s="3"/>
       <c r="BW5" s="3"/>
       <c r="BX5" s="3"/>
       <c r="BY5" s="3"/>
       <c r="BZ5" s="3"/>
       <c r="CA5" s="3"/>
       <c r="CB5" s="3"/>
-      <c r="CC5" s="3"/>
-[...11 lines deleted...]
-      <c r="CO5" s="3"/>
     </row>
-    <row r="6" spans="1:93">
+    <row r="6" spans="1:80">
       <c r="A6" t="s">
-        <v>94</v>
+        <v>81</v>
       </c>
       <c r="B6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="C6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="D6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="E6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="F6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="G6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="H6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="I6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="J6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="K6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="L6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="M6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="N6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="O6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="P6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="Q6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="R6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="S6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="T6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="U6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="V6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="W6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="X6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="Y6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="Z6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="AA6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="AB6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="AC6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="AD6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="AE6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="AF6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="AG6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="AH6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="AI6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="AJ6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="AK6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="AL6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="AM6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="AN6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="AO6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="AP6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="AQ6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="AR6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="AS6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="AT6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="AU6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="AV6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="AW6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="AX6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="AY6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="AZ6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="BA6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="BB6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="BC6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="BD6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="BE6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="BF6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="BG6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="BH6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="BI6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="BJ6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="BK6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="BL6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="BM6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="BN6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="BO6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="BP6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="BQ6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="BR6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="BS6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="BT6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="BU6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="BV6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="BW6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="BX6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="BY6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="BZ6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="CA6" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="CB6" t="s">
-        <v>97</v>
-[...38 lines deleted...]
-        <v>97</v>
+        <v>84</v>
       </c>
     </row>
-    <row r="7" spans="1:93">
+    <row r="7" spans="1:80">
       <c r="A7" s="3" t="s">
-        <v>98</v>
+        <v>85</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3"/>
       <c r="S7" s="3"/>
       <c r="T7" s="3"/>
       <c r="U7" s="3"/>
       <c r="V7" s="3"/>
       <c r="W7" s="3"/>
       <c r="X7" s="3"/>
       <c r="Y7" s="3"/>
@@ -2039,346 +1831,294 @@
       <c r="BD7" s="3"/>
       <c r="BE7" s="3"/>
       <c r="BF7" s="3"/>
       <c r="BG7" s="3"/>
       <c r="BH7" s="3"/>
       <c r="BI7" s="3"/>
       <c r="BJ7" s="3"/>
       <c r="BK7" s="3"/>
       <c r="BL7" s="3"/>
       <c r="BM7" s="3"/>
       <c r="BN7" s="3"/>
       <c r="BO7" s="3"/>
       <c r="BP7" s="3"/>
       <c r="BQ7" s="3"/>
       <c r="BR7" s="3"/>
       <c r="BS7" s="3"/>
       <c r="BT7" s="3"/>
       <c r="BU7" s="3"/>
       <c r="BV7" s="3"/>
       <c r="BW7" s="3"/>
       <c r="BX7" s="3"/>
       <c r="BY7" s="3"/>
       <c r="BZ7" s="3"/>
       <c r="CA7" s="3"/>
       <c r="CB7" s="3"/>
-      <c r="CC7" s="3"/>
-[...11 lines deleted...]
-      <c r="CO7" s="3"/>
     </row>
-    <row r="8" spans="1:93">
+    <row r="8" spans="1:80">
       <c r="A8" t="s">
-        <v>94</v>
+        <v>81</v>
       </c>
       <c r="B8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="C8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="D8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="E8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="F8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="G8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="H8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="I8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="J8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="K8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="L8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="M8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="N8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="O8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="P8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="Q8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="R8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="S8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="T8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="U8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="V8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="W8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="X8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="Y8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="Z8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="AA8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="AB8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="AC8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="AD8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="AE8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="AF8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="AG8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="AH8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="AI8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="AJ8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="AK8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="AL8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="AM8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="AN8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="AO8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="AP8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="AQ8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="AR8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="AS8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="AT8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="AU8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="AV8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="AW8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="AX8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="AY8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="AZ8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="BA8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="BB8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="BC8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="BD8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="BE8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="BF8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="BG8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="BH8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="BI8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="BJ8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="BK8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="BL8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="BM8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="BN8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="BO8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="BP8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="BQ8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="BR8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="BS8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="BT8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="BU8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="BV8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="BW8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="BX8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="BY8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="BZ8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="CA8" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="CB8" t="s">
-        <v>99</v>
-[...38 lines deleted...]
-        <v>99</v>
+        <v>86</v>
       </c>
     </row>
-    <row r="9" spans="1:93">
+    <row r="9" spans="1:80">
       <c r="A9" s="4"/>
       <c r="B9" s="4"/>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="4"/>
       <c r="J9" s="4"/>
       <c r="K9" s="4"/>
       <c r="L9" s="4"/>
       <c r="M9" s="4"/>
       <c r="N9" s="4"/>
       <c r="O9" s="4"/>
       <c r="P9" s="4"/>
       <c r="Q9" s="4"/>
       <c r="R9" s="4"/>
       <c r="S9" s="4"/>
       <c r="T9" s="4"/>
       <c r="U9" s="4"/>
       <c r="V9" s="4"/>
       <c r="W9" s="4"/>
       <c r="X9" s="4"/>
       <c r="Y9" s="4"/>
@@ -2415,67 +2155,54 @@
       <c r="BD9" s="4"/>
       <c r="BE9" s="4"/>
       <c r="BF9" s="4"/>
       <c r="BG9" s="4"/>
       <c r="BH9" s="4"/>
       <c r="BI9" s="4"/>
       <c r="BJ9" s="4"/>
       <c r="BK9" s="4"/>
       <c r="BL9" s="4"/>
       <c r="BM9" s="4"/>
       <c r="BN9" s="4"/>
       <c r="BO9" s="4"/>
       <c r="BP9" s="4"/>
       <c r="BQ9" s="4"/>
       <c r="BR9" s="4"/>
       <c r="BS9" s="4"/>
       <c r="BT9" s="4"/>
       <c r="BU9" s="4"/>
       <c r="BV9" s="4"/>
       <c r="BW9" s="4"/>
       <c r="BX9" s="4"/>
       <c r="BY9" s="4"/>
       <c r="BZ9" s="4"/>
       <c r="CA9" s="4"/>
       <c r="CB9" s="4"/>
-      <c r="CC9" s="4"/>
-[...11 lines deleted...]
-      <c r="CO9" s="4"/>
     </row>
-    <row r="10" spans="1:93">
+    <row r="10" spans="1:80">
       <c r="A10" s="2" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
       <c r="J10" s="2"/>
       <c r="K10" s="2"/>
       <c r="L10" s="2"/>
       <c r="M10" s="2"/>
       <c r="N10" s="2"/>
       <c r="O10" s="2"/>
       <c r="P10" s="2"/>
       <c r="Q10" s="2"/>
       <c r="R10" s="2"/>
       <c r="S10" s="2"/>
       <c r="T10" s="2"/>
       <c r="U10" s="2"/>
       <c r="V10" s="2"/>
       <c r="W10" s="2"/>
       <c r="X10" s="2"/>
       <c r="Y10" s="2"/>
@@ -2512,67 +2239,54 @@
       <c r="BD10" s="2"/>
       <c r="BE10" s="2"/>
       <c r="BF10" s="2"/>
       <c r="BG10" s="2"/>
       <c r="BH10" s="2"/>
       <c r="BI10" s="2"/>
       <c r="BJ10" s="2"/>
       <c r="BK10" s="2"/>
       <c r="BL10" s="2"/>
       <c r="BM10" s="2"/>
       <c r="BN10" s="2"/>
       <c r="BO10" s="2"/>
       <c r="BP10" s="2"/>
       <c r="BQ10" s="2"/>
       <c r="BR10" s="2"/>
       <c r="BS10" s="2"/>
       <c r="BT10" s="2"/>
       <c r="BU10" s="2"/>
       <c r="BV10" s="2"/>
       <c r="BW10" s="2"/>
       <c r="BX10" s="2"/>
       <c r="BY10" s="2"/>
       <c r="BZ10" s="2"/>
       <c r="CA10" s="2"/>
       <c r="CB10" s="2"/>
-      <c r="CC10" s="2"/>
-[...11 lines deleted...]
-      <c r="CO10" s="2"/>
     </row>
-    <row r="11" spans="1:93">
+    <row r="11" spans="1:80">
       <c r="A11" s="3" t="s">
-        <v>93</v>
+        <v>80</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3"/>
       <c r="D11" s="3"/>
       <c r="E11" s="3"/>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="3"/>
       <c r="P11" s="3"/>
       <c r="Q11" s="3"/>
       <c r="R11" s="3"/>
       <c r="S11" s="3"/>
       <c r="T11" s="3"/>
       <c r="U11" s="3"/>
       <c r="V11" s="3"/>
       <c r="W11" s="3"/>
       <c r="X11" s="3"/>
       <c r="Y11" s="3"/>
@@ -2609,348 +2323,296 @@
       <c r="BD11" s="3"/>
       <c r="BE11" s="3"/>
       <c r="BF11" s="3"/>
       <c r="BG11" s="3"/>
       <c r="BH11" s="3"/>
       <c r="BI11" s="3"/>
       <c r="BJ11" s="3"/>
       <c r="BK11" s="3"/>
       <c r="BL11" s="3"/>
       <c r="BM11" s="3"/>
       <c r="BN11" s="3"/>
       <c r="BO11" s="3"/>
       <c r="BP11" s="3"/>
       <c r="BQ11" s="3"/>
       <c r="BR11" s="3"/>
       <c r="BS11" s="3"/>
       <c r="BT11" s="3"/>
       <c r="BU11" s="3"/>
       <c r="BV11" s="3"/>
       <c r="BW11" s="3"/>
       <c r="BX11" s="3"/>
       <c r="BY11" s="3"/>
       <c r="BZ11" s="3"/>
       <c r="CA11" s="3"/>
       <c r="CB11" s="3"/>
-      <c r="CC11" s="3"/>
-[...11 lines deleted...]
-      <c r="CO11" s="3"/>
     </row>
-    <row r="12" spans="1:93">
+    <row r="12" spans="1:80">
       <c r="A12" t="s">
-        <v>94</v>
+        <v>81</v>
       </c>
       <c r="B12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="C12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="D12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="E12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="F12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="G12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="H12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="I12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="J12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="K12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="L12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="M12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="N12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="O12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="P12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="Q12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="R12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="S12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="T12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="U12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="V12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="W12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="X12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="Y12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="Z12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="AA12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="AB12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="AC12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="AD12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="AE12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="AF12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="AG12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="AH12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="AI12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="AJ12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="AK12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="AL12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="AM12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="AN12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="AO12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="AP12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="AQ12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="AR12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="AS12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="AT12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="AU12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="AV12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="AW12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="AX12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="AY12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="AZ12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="BA12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="BB12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="BC12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="BD12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="BE12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="BF12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="BG12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="BH12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="BI12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="BJ12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="BK12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="BL12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="BM12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="BN12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="BO12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="BP12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="BQ12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="BR12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="BS12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="BT12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="BU12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="BV12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="BW12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="BX12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="BY12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="BZ12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="CA12" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="CB12" t="s">
-        <v>101</v>
-[...38 lines deleted...]
-        <v>101</v>
+        <v>88</v>
       </c>
     </row>
-    <row r="13" spans="1:93">
+    <row r="13" spans="1:80">
       <c r="A13" s="3" t="s">
-        <v>102</v>
+        <v>89</v>
       </c>
       <c r="B13" s="3"/>
       <c r="C13" s="3"/>
       <c r="D13" s="3"/>
       <c r="E13" s="3"/>
       <c r="F13" s="3"/>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
       <c r="J13" s="3"/>
       <c r="K13" s="3"/>
       <c r="L13" s="3"/>
       <c r="M13" s="3"/>
       <c r="N13" s="3"/>
       <c r="O13" s="3"/>
       <c r="P13" s="3"/>
       <c r="Q13" s="3"/>
       <c r="R13" s="3"/>
       <c r="S13" s="3"/>
       <c r="T13" s="3"/>
       <c r="U13" s="3"/>
       <c r="V13" s="3"/>
       <c r="W13" s="3"/>
       <c r="X13" s="3"/>
       <c r="Y13" s="3"/>
@@ -2987,348 +2649,296 @@
       <c r="BD13" s="3"/>
       <c r="BE13" s="3"/>
       <c r="BF13" s="3"/>
       <c r="BG13" s="3"/>
       <c r="BH13" s="3"/>
       <c r="BI13" s="3"/>
       <c r="BJ13" s="3"/>
       <c r="BK13" s="3"/>
       <c r="BL13" s="3"/>
       <c r="BM13" s="3"/>
       <c r="BN13" s="3"/>
       <c r="BO13" s="3"/>
       <c r="BP13" s="3"/>
       <c r="BQ13" s="3"/>
       <c r="BR13" s="3"/>
       <c r="BS13" s="3"/>
       <c r="BT13" s="3"/>
       <c r="BU13" s="3"/>
       <c r="BV13" s="3"/>
       <c r="BW13" s="3"/>
       <c r="BX13" s="3"/>
       <c r="BY13" s="3"/>
       <c r="BZ13" s="3"/>
       <c r="CA13" s="3"/>
       <c r="CB13" s="3"/>
-      <c r="CC13" s="3"/>
-[...11 lines deleted...]
-      <c r="CO13" s="3"/>
     </row>
-    <row r="14" spans="1:93">
+    <row r="14" spans="1:80">
       <c r="A14" t="s">
-        <v>94</v>
+        <v>81</v>
       </c>
       <c r="B14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="C14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="D14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="E14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="F14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="G14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="H14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="I14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="J14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="K14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="L14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="M14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="N14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="O14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="P14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="Q14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="R14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="S14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="T14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="U14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="V14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="W14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="X14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="Y14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="Z14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="AA14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="AB14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="AC14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="AD14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="AE14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="AF14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="AG14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="AH14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="AI14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="AJ14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="AK14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="AL14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="AM14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="AN14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="AO14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="AP14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="AQ14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="AR14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="AS14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="AT14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="AU14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="AV14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="AW14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="AX14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="AY14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="AZ14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="BA14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="BB14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="BC14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="BD14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="BE14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="BF14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="BG14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="BH14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="BI14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="BJ14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="BK14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="BL14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="BM14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="BN14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="BO14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="BP14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="BQ14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="BR14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="BS14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="BT14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="BU14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="BV14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="BW14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="BX14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="BY14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="BZ14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="CA14" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="CB14" t="s">
-        <v>103</v>
-[...38 lines deleted...]
-        <v>103</v>
+        <v>90</v>
       </c>
     </row>
-    <row r="15" spans="1:93">
+    <row r="15" spans="1:80">
       <c r="A15" s="3" t="s">
-        <v>104</v>
+        <v>91</v>
       </c>
       <c r="B15" s="3"/>
       <c r="C15" s="3"/>
       <c r="D15" s="3"/>
       <c r="E15" s="3"/>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3"/>
       <c r="K15" s="3"/>
       <c r="L15" s="3"/>
       <c r="M15" s="3"/>
       <c r="N15" s="3"/>
       <c r="O15" s="3"/>
       <c r="P15" s="3"/>
       <c r="Q15" s="3"/>
       <c r="R15" s="3"/>
       <c r="S15" s="3"/>
       <c r="T15" s="3"/>
       <c r="U15" s="3"/>
       <c r="V15" s="3"/>
       <c r="W15" s="3"/>
       <c r="X15" s="3"/>
       <c r="Y15" s="3"/>
@@ -3365,348 +2975,296 @@
       <c r="BD15" s="3"/>
       <c r="BE15" s="3"/>
       <c r="BF15" s="3"/>
       <c r="BG15" s="3"/>
       <c r="BH15" s="3"/>
       <c r="BI15" s="3"/>
       <c r="BJ15" s="3"/>
       <c r="BK15" s="3"/>
       <c r="BL15" s="3"/>
       <c r="BM15" s="3"/>
       <c r="BN15" s="3"/>
       <c r="BO15" s="3"/>
       <c r="BP15" s="3"/>
       <c r="BQ15" s="3"/>
       <c r="BR15" s="3"/>
       <c r="BS15" s="3"/>
       <c r="BT15" s="3"/>
       <c r="BU15" s="3"/>
       <c r="BV15" s="3"/>
       <c r="BW15" s="3"/>
       <c r="BX15" s="3"/>
       <c r="BY15" s="3"/>
       <c r="BZ15" s="3"/>
       <c r="CA15" s="3"/>
       <c r="CB15" s="3"/>
-      <c r="CC15" s="3"/>
-[...11 lines deleted...]
-      <c r="CO15" s="3"/>
     </row>
-    <row r="16" spans="1:93">
+    <row r="16" spans="1:80">
       <c r="A16" t="s">
-        <v>94</v>
+        <v>81</v>
       </c>
       <c r="B16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="C16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="D16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="E16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="F16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="G16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="H16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="I16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="J16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="K16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="L16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="M16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="N16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="O16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="P16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="Q16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="R16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="S16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="T16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="U16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="V16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="W16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="X16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="Y16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="Z16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="AA16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="AB16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="AC16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="AD16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="AE16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="AF16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="AG16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="AH16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="AI16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="AJ16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="AK16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="AL16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="AM16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="AN16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="AO16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="AP16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="AQ16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="AR16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="AS16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="AT16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="AU16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="AV16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="AW16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="AX16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="AY16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="AZ16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="BA16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="BB16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="BC16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="BD16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="BE16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="BF16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="BG16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="BH16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="BI16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="BJ16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="BK16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="BL16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="BM16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="BN16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="BO16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="BP16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="BQ16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="BR16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="BS16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="BT16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="BU16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="BV16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="BW16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="BX16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="BY16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="BZ16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="CA16" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="CB16" t="s">
-        <v>105</v>
-[...38 lines deleted...]
-        <v>105</v>
+        <v>92</v>
       </c>
     </row>
-    <row r="18" spans="1:93">
+    <row r="18" spans="1:80">
       <c r="A18" s="1" t="s">
-        <v>106</v>
+        <v>93</v>
       </c>
       <c r="B18" s="1"/>
       <c r="C18" s="1"/>
       <c r="D18" s="1"/>
       <c r="E18" s="1"/>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
       <c r="X18" s="1"/>
       <c r="Y18" s="1"/>
@@ -3743,73 +3301,60 @@
       <c r="BD18" s="1"/>
       <c r="BE18" s="1"/>
       <c r="BF18" s="1"/>
       <c r="BG18" s="1"/>
       <c r="BH18" s="1"/>
       <c r="BI18" s="1"/>
       <c r="BJ18" s="1"/>
       <c r="BK18" s="1"/>
       <c r="BL18" s="1"/>
       <c r="BM18" s="1"/>
       <c r="BN18" s="1"/>
       <c r="BO18" s="1"/>
       <c r="BP18" s="1"/>
       <c r="BQ18" s="1"/>
       <c r="BR18" s="1"/>
       <c r="BS18" s="1"/>
       <c r="BT18" s="1"/>
       <c r="BU18" s="1"/>
       <c r="BV18" s="1"/>
       <c r="BW18" s="1"/>
       <c r="BX18" s="1"/>
       <c r="BY18" s="1"/>
       <c r="BZ18" s="1"/>
       <c r="CA18" s="1"/>
       <c r="CB18" s="1"/>
-      <c r="CC18" s="1"/>
-[...11 lines deleted...]
-      <c r="CO18" s="1"/>
     </row>
-    <row r="19" spans="1:93">
+    <row r="19" spans="1:80">
       <c r="A19" t="s">
-        <v>107</v>
+        <v>94</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
-    <mergeCell ref="A19:CO19"/>
+    <mergeCell ref="A19:CB19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>