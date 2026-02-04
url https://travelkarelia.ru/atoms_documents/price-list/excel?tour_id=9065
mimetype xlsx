--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="9065-zdravstvuj-altaj" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
   <si>
     <t>27.04.2026</t>
   </si>
   <si>
     <t>30.04.2026</t>
   </si>
   <si>
     <t>04.05.2026</t>
   </si>
   <si>
     <t>07.05.2026</t>
   </si>
   <si>
     <t>11.05.2026</t>
   </si>
   <si>
     <t>14.05.2026</t>
   </si>
   <si>
     <t>18.05.2026</t>
   </si>
   <si>
     <t>21.05.2026</t>
   </si>
   <si>
@@ -182,111 +182,138 @@
   <si>
     <t>12.10.2026</t>
   </si>
   <si>
     <t>15.10.2026</t>
   </si>
   <si>
     <t>19.10.2026</t>
   </si>
   <si>
     <t>22.10.2026</t>
   </si>
   <si>
     <t>26.10.2026</t>
   </si>
   <si>
     <t>Размещение по программе тура "Здравствуй Алтай"</t>
   </si>
   <si>
     <t>Стандарт двухместный</t>
   </si>
   <si>
     <t>Взрослый на основном месте</t>
   </si>
   <si>
+    <t>59000 RUB</t>
+  </si>
+  <si>
+    <t>77000 RUB</t>
+  </si>
+  <si>
+    <t>88000 RUB</t>
+  </si>
+  <si>
+    <t>66000 RUB</t>
+  </si>
+  <si>
     <t>55000 RUB</t>
   </si>
   <si>
-    <t>66000 RUB</t>
-[...4 lines deleted...]
-  <si>
     <t>Взрослый на дополнительном месте</t>
   </si>
   <si>
-    <t>41250 RUB</t>
+    <t>53100 RUB</t>
+  </si>
+  <si>
+    <t>57750 RUB</t>
+  </si>
+  <si>
+    <t>56100 RUB</t>
   </si>
   <si>
     <t>49500 RUB</t>
   </si>
   <si>
-    <t>57750 RUB</t>
-[...1 lines deleted...]
-  <si>
     <t>Одноместное размещение</t>
   </si>
   <si>
-    <t>74900 RUB</t>
-[...5 lines deleted...]
-    <t>96900 RUB</t>
+    <t>83000 RUB</t>
+  </si>
+  <si>
+    <t>101000 RUB</t>
+  </si>
+  <si>
+    <t>112000 RUB</t>
+  </si>
+  <si>
+    <t>90000 RUB</t>
+  </si>
+  <si>
+    <t>79000 RUB</t>
   </si>
   <si>
     <t>Ребёнок 6—11 лет на основном месте</t>
   </si>
   <si>
-    <t>38500 RUB</t>
-[...2 lines deleted...]
-    <t>46200 RUB</t>
+    <t>56050 RUB</t>
+  </si>
+  <si>
+    <t>73150 RUB</t>
+  </si>
+  <si>
+    <t>83600 RUB</t>
+  </si>
+  <si>
+    <t>62700 RUB</t>
+  </si>
+  <si>
+    <t>52250 RUB</t>
+  </si>
+  <si>
+    <t>Ребёнок 6—11 лет на дополнительном месте</t>
+  </si>
+  <si>
+    <t>51920 RUB</t>
   </si>
   <si>
     <t>53900 RUB</t>
   </si>
   <si>
-    <t>Ребёнок 6—11 лет на дополнительном месте</t>
-[...8 lines deleted...]
-    <t>50050 RUB</t>
+    <t>61600 RUB</t>
+  </si>
+  <si>
+    <t>52800 RUB</t>
+  </si>
+  <si>
+    <t>48400 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 07.12.2025 13:11, и может быть изменена в любое время без оповещения. Не является публичной офертой. Актуальная информация всегда представлена на странице: https://travelkarelia.ru/tury-po-rossii/altaj/9065-zdravstvuj-altaj</t>
+    <t>Информация актуальная на дату получения прайс-листа 04.02.2026 06:56, и может быть изменена в любое время без оповещения. Не является публичной офертой. Актуальная информация всегда представлена на странице: https://travelkarelia.ru/tury-po-rossii/altaj/9065-zdravstvuj-altaj</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1077,757 +1104,757 @@
       <c r="AE4" t="s">
         <v>57</v>
       </c>
       <c r="AF4" t="s">
         <v>57</v>
       </c>
       <c r="AG4" t="s">
         <v>57</v>
       </c>
       <c r="AH4" t="s">
         <v>57</v>
       </c>
       <c r="AI4" t="s">
         <v>57</v>
       </c>
       <c r="AJ4" t="s">
         <v>57</v>
       </c>
       <c r="AK4" t="s">
         <v>57</v>
       </c>
       <c r="AL4" t="s">
         <v>57</v>
       </c>
       <c r="AM4" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="AN4" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="AO4" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="AP4" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="AQ4" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="AR4" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="AS4" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="AT4" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="AU4" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="AV4" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="AW4" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="AX4" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="AY4" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="AZ4" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="BA4" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="BB4" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
     </row>
     <row r="5" spans="1:54">
       <c r="A5" t="s">
+        <v>61</v>
+      </c>
+      <c r="B5" t="s">
+        <v>62</v>
+      </c>
+      <c r="C5" t="s">
+        <v>62</v>
+      </c>
+      <c r="D5" t="s">
+        <v>62</v>
+      </c>
+      <c r="E5" t="s">
+        <v>62</v>
+      </c>
+      <c r="F5" t="s">
+        <v>62</v>
+      </c>
+      <c r="G5" t="s">
+        <v>62</v>
+      </c>
+      <c r="H5" t="s">
+        <v>62</v>
+      </c>
+      <c r="I5" t="s">
+        <v>62</v>
+      </c>
+      <c r="J5" t="s">
+        <v>62</v>
+      </c>
+      <c r="K5" t="s">
+        <v>62</v>
+      </c>
+      <c r="L5" t="s">
+        <v>63</v>
+      </c>
+      <c r="M5" t="s">
+        <v>63</v>
+      </c>
+      <c r="N5" t="s">
+        <v>63</v>
+      </c>
+      <c r="O5" t="s">
+        <v>63</v>
+      </c>
+      <c r="P5" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>63</v>
+      </c>
+      <c r="R5" t="s">
+        <v>63</v>
+      </c>
+      <c r="S5" t="s">
+        <v>63</v>
+      </c>
+      <c r="T5" t="s">
+        <v>63</v>
+      </c>
+      <c r="U5" t="s">
         <v>59</v>
       </c>
-      <c r="B5" t="s">
-[...58 lines deleted...]
-      </c>
       <c r="V5" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="W5" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="X5" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="Y5" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="Z5" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="AA5" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="AB5" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="AC5" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="AD5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="AE5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="AF5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="AG5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="AH5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="AI5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="AJ5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="AK5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="AL5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="AM5" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="AN5" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="AO5" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="AP5" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="AQ5" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="AR5" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="AS5" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="AT5" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="AU5" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="AV5" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="AW5" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="AX5" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="AY5" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="AZ5" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="BA5" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="BB5" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row r="6" spans="1:54">
       <c r="A6" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B6" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="C6" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="D6" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="E6" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="F6" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="G6" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="H6" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="I6" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="J6" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="K6" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="L6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="M6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="N6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="O6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="P6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="Q6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="R6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="S6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="T6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="U6" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="V6" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="W6" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="X6" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="Y6" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="Z6" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="AA6" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="AB6" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="AC6" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="AD6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="AE6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="AF6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="AG6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="AH6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="AI6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="AJ6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="AK6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="AL6" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="AM6" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="AN6" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="AO6" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="AP6" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="AQ6" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="AR6" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="AS6" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="AT6" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="AU6" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="AV6" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="AW6" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="AX6" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="AY6" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="AZ6" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="BA6" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="BB6" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
     </row>
     <row r="7" spans="1:54">
       <c r="A7" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="B7" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C7" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="D7" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="E7" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="F7" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="G7" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="H7" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="I7" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="J7" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="K7" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="L7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="M7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="N7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="O7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="P7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="Q7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="R7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="S7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="T7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="U7" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="V7" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="W7" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="X7" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="Y7" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="Z7" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="AA7" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="AB7" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="AC7" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="AD7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="AE7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="AF7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="AG7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="AH7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="AI7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="AJ7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="AK7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="AL7" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="AM7" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="AN7" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="AO7" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="AP7" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="AQ7" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="AR7" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="AS7" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="AT7" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="AU7" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="AV7" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="AW7" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="AX7" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="AY7" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="AZ7" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="BA7" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="BB7" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
     </row>
     <row r="8" spans="1:54">
       <c r="A8" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="B8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="C8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="D8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="E8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="F8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="G8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="H8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="I8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="J8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="K8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="L8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="M8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="N8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="O8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="P8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="Q8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="R8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="S8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="T8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="U8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="V8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="W8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="X8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="Y8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="Z8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="AA8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="AB8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="AC8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="AD8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="AE8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="AF8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="AG8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="AH8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="AI8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="AJ8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="AK8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="AL8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="AM8" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="AN8" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="AO8" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="AP8" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="AQ8" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="AR8" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="AS8" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="AT8" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="AU8" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="AV8" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="AW8" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="AX8" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="AY8" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="AZ8" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="BA8" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="BB8" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
     </row>
     <row r="10" spans="1:54">
       <c r="A10" s="1" t="s">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="B10" s="1"/>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1"/>
       <c r="Q10" s="1"/>
       <c r="R10" s="1"/>
       <c r="S10" s="1"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
       <c r="X10" s="1"/>
       <c r="Y10" s="1"/>
@@ -1841,51 +1868,51 @@
       <c r="AG10" s="1"/>
       <c r="AH10" s="1"/>
       <c r="AI10" s="1"/>
       <c r="AJ10" s="1"/>
       <c r="AK10" s="1"/>
       <c r="AL10" s="1"/>
       <c r="AM10" s="1"/>
       <c r="AN10" s="1"/>
       <c r="AO10" s="1"/>
       <c r="AP10" s="1"/>
       <c r="AQ10" s="1"/>
       <c r="AR10" s="1"/>
       <c r="AS10" s="1"/>
       <c r="AT10" s="1"/>
       <c r="AU10" s="1"/>
       <c r="AV10" s="1"/>
       <c r="AW10" s="1"/>
       <c r="AX10" s="1"/>
       <c r="AY10" s="1"/>
       <c r="AZ10" s="1"/>
       <c r="BA10" s="1"/>
       <c r="BB10" s="1"/>
     </row>
     <row r="11" spans="1:54">
       <c r="A11" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A11:BB11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>