--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -269,51 +269,51 @@
   <si>
     <t>52250 RUB</t>
   </si>
   <si>
     <t>Ребёнок 6—11 лет на дополнительном месте</t>
   </si>
   <si>
     <t>51920 RUB</t>
   </si>
   <si>
     <t>53900 RUB</t>
   </si>
   <si>
     <t>61600 RUB</t>
   </si>
   <si>
     <t>52800 RUB</t>
   </si>
   <si>
     <t>48400 RUB</t>
   </si>
   <si>
     <t>Примечение</t>
   </si>
   <si>
-    <t>Информация актуальная на дату получения прайс-листа 04.02.2026 06:56, и может быть изменена в любое время без оповещения. Не является публичной офертой. Актуальная информация всегда представлена на странице: https://travelkarelia.ru/tury-po-rossii/altaj/9065-zdravstvuj-altaj</t>
+    <t>Информация актуальная на дату получения прайс-листа 22.03.2026 02:36, и может быть изменена в любое время без оповещения. Не является публичной офертой. Актуальная информация всегда представлена на странице: https://travelkarelia.ru/tury-po-rossii/altaj/9065-zdravstvuj-altaj</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>